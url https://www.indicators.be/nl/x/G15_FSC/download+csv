--- v0 (2025-12-16)
+++ v1 (2026-03-22)
@@ -13,110 +13,105 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G15_FSC" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
   <si>
     <t>Bossen met FSC- of PEFC-label - België</t>
   </si>
   <si>
     <t>procent van beboste oppervlakte</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
-    <t>PEFC (2024), Rechtstreekse mededeling 3/9/2024; FSC (2024), Rechtstreekse mededeling 3/9/2024 en Statbel (2024), Bodemgebruik. België, gewesten en gemeenten (1834-2023), https://statbel.fgov.be/ (geraadpleegd op 16/9/2024).</t>
+    <t>Bron: PEFC (2025), Rechtstreekse mededeling 11/09/2025; FSC (2025), Rechtstreekse mededeling 3/9/2025 en Statbel (2025), Bodemgebruik. België, gewesten en gemeenten (1834-2024), https://statbel.fgov.be/ (geraadpleegd op 19/09/2025); berekeningen FPB.</t>
   </si>
   <si>
     <t>Bossen met FSC- of PEFC-label volgens gewest - België</t>
   </si>
   <si>
     <t>Brussels Hoofdstedelijk Gewest</t>
   </si>
   <si>
     <t>Vlaams Gewest</t>
   </si>
   <si>
     <t>Waals Gewest</t>
   </si>
   <si>
+    <t>Bron: PEFC (2025), Rechtstreekse mededeling 11/09/2025; FSC (2025), Rechtstreekse mededeling 3/9/2025 en Statbel (2025), Bodemgebruik. België, gewesten en gemeenten (1834-2024), https://statbel.fgov.be/ (geraadpleegd op 19/09/2025).</t>
+  </si>
+  <si>
     <t>Code</t>
   </si>
   <si>
     <t>G15_FSC</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Bossen met FSC- of PEFC-label (i72)</t>
+    <t>Bossen met FSC- of PEFC-label (i73)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: deze indicator geeft het aandeel van de bosoppervlakte met een label van de Forest Stewardship Council (FSC) of van de Programme for the Endorsement of Forest Certification Schemes (PEFC) in de totale bosoppervlakte van het Belgisch grondgebied. De boscertificering en de evaluatie steunen op bepaalde principes en criteria en een onafhankelijke controle garandeert het respect van deze normen. De bosoppervlakte omvat alle types bossen evenals de andere beboste gronden. De indicator wordt door het FPB berekend op basis van de gegevens van de Forest Stewardship Council, de Programme for the Endorsement of Forest Certification Schemes en van Statistics Belgium.
+Voor deze indicator is volgende opsplitsing beschikbaar: gewest.
 Doelstelling: de bosoppervlakte met een FSC- of PEFC-label moet stijgen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 15.2: "Tegen 2020 de implementatie bevorderen van het duurzaam beheer van alle soorten wouden, de ontbossing een halt toeroepen, aangetaste wouden herstellen en op duurzame manier bebossing en herbebossing mondiaal aanzienlijk opvoeren".
 De Conferentie van de Partijen van het VN-Verdrag inzake biologische diversiteit van december 2022 heeft nieuwe doelstellingen goedgekeurd, waaronder "Ervoor zorgen dat de voor landbouw, aquacultuur, visserij en bosbouw gebruikte oppervlaktes duurzaam worden beheerd" (target 10; CBD, 2022).
 De Federale beleidsvisie op lange termijn inzake duurzame ontwikkeling bevat doelstelling 37: "De goederen en diensten die de ecosystemen leveren, zullen hersteld, gevaloriseerd en behoedzaam en duurzaam gebruikt worden, waardoor zij rechtstreeks zullen bijdragen tot het in stand houden van de biodiversiteit" (Belgisch Staatsblad, 08/10/2013).
 De Nationale strategie Biodiversiteit 2020 meldt eveneens als operationele doelstelling 4f.1: "Het behoud van de biodiversiteit in bossen promoten via onafhankelijke geloofwaardige certificatiesystemen voor bossen die garanties leveren voor duurzaam bosbeheer" (Belgisch Nationaal knooppunt voor het Verdrag inzake biologische diversiteit, 2013).
-Evolutie: het aandeel van de bosoppervlakte met een FSC- of PEFC-label stijgt licht van 51,8% in 2012 tot 54,6% in 2023.
-[...1 lines deleted...]
-Opsplitsing volgens gewest: het aandeel van de bosoppervlakte met een FSC- of PEFC-label in 2023 bedraagt 88,7% in Brussel, 27,2% in Vlaanderen en 60,1% in Wallonië. Voor België is dit cijfer 54,6%.
 VN-indicator: de gekozen indicator stemt overeen met indicator 15.2.1 - Vooruitgang naar duurzaam bosbeheer.
 Bronnen
-Algemeen
-[...6 lines deleted...]
-Belgisch Staatsblad: http://www.ejustice.just.fgov.be/cgi/welcome.pl; opzoeking op http://www.ejustice.just.fgov.be/doc/rech_n.htm (geraadpleegd op 24/09/2020).
+Belgisch Nationaal knooppunt voor het Verdrag inzake biologische diversiteit (2013), Biodiversiteit 2020 – Actualisering van de Belgische Nationale Strategie, Koninklijk Belgisch Instituut voor Natuurwetenschappen, Brussel, https://www.cbd.int/doc/world/be/be-nbsap-v2-nl.pdf (geraadpleegd op 19/09/2025).
+Belgisch Staatsblad: http://www.ejustice.just.fgov.be/cgi/welcome.pl; opzoeking op http://www.ejustice.just.fgov.be/doc/rech_n.htm.
 CBD (2022), Kunming-Montreal Global biodiversity framework, CBD/COP/15/L.25.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -175,51 +170,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:O16"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -233,93 +228,99 @@
       </c>
       <c r="F3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="L3" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="M3" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="N3" s="1"/>
+      <c r="N3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="O3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>51.7973419</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>52.4415203</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>51.44030475</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>52.92580749</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>53.19526226</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>53.46417906</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>54.0847729</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>54.79026919</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>56.79830247</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>53.65770772</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>52.43819916</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>54.56677752</v>
       </c>
-      <c r="N4" s="1"/>
+      <c r="N4" s="1" t="n">
+        <v>53.31938773</v>
+      </c>
+      <c r="O4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0"/>
       <c r="B5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0"/>
@@ -337,238 +338,250 @@
       </c>
       <c r="F10" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="G10" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="H10" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="I10" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="J10" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="K10" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="L10" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="M10" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="N10" s="1"/>
+      <c r="N10" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="O10" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="1" t="n">
         <v>89.82133189</v>
       </c>
       <c r="C11" s="1" t="n">
         <v>89.82133189</v>
       </c>
       <c r="D11" s="1" t="n">
         <v>89.86998917</v>
       </c>
       <c r="E11" s="1" t="n">
         <v>89.96746204</v>
       </c>
       <c r="F11" s="1" t="n">
         <v>89.96746204</v>
       </c>
       <c r="G11" s="1" t="n">
         <v>90.01627781</v>
       </c>
       <c r="H11" s="1" t="n">
         <v>90.01627781</v>
       </c>
       <c r="I11" s="1" t="n">
         <v>90.01627781</v>
       </c>
       <c r="J11" s="1" t="n">
         <v>90.11406844</v>
       </c>
       <c r="K11" s="1" t="n">
         <v>90.11406844</v>
       </c>
       <c r="L11" s="1" t="n">
         <v>90.11406844</v>
       </c>
       <c r="M11" s="1" t="n">
         <v>88.7017925</v>
       </c>
-      <c r="N11" s="1"/>
+      <c r="N11" s="1" t="n">
+        <v>90.11406844</v>
+      </c>
+      <c r="O11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="1" t="n">
         <v>17.20855951</v>
       </c>
       <c r="C12" s="1" t="n">
         <v>18.69082117</v>
       </c>
       <c r="D12" s="1" t="n">
         <v>19.94791426</v>
       </c>
       <c r="E12" s="1" t="n">
         <v>19.96321627</v>
       </c>
       <c r="F12" s="1" t="n">
         <v>19.98408689</v>
       </c>
       <c r="G12" s="1" t="n">
         <v>20.66735518</v>
       </c>
       <c r="H12" s="1" t="n">
         <v>22.5815303</v>
       </c>
       <c r="I12" s="1" t="n">
         <v>25.18859039</v>
       </c>
       <c r="J12" s="1" t="n">
         <v>25.41695331</v>
       </c>
       <c r="K12" s="1" t="n">
         <v>25.44202494</v>
       </c>
       <c r="L12" s="1" t="n">
         <v>25.47711346</v>
       </c>
       <c r="M12" s="1" t="n">
         <v>27.16434062</v>
       </c>
-      <c r="N12" s="1"/>
+      <c r="N12" s="1" t="n">
+        <v>28.27115668</v>
+      </c>
+      <c r="O12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>59.22128168</v>
       </c>
       <c r="C13" s="1" t="n">
         <v>59.68766661</v>
       </c>
       <c r="D13" s="1" t="n">
         <v>58.18298201</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>59.99200115</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>60.30781472</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>60.48246113</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>60.83628175</v>
       </c>
       <c r="I13" s="1" t="n">
         <v>61.1440739</v>
       </c>
       <c r="J13" s="1" t="n">
         <v>63.49702929</v>
       </c>
       <c r="K13" s="1" t="n">
         <v>59.65185964</v>
       </c>
       <c r="L13" s="1" t="n">
         <v>58.17404761</v>
       </c>
       <c r="M13" s="1" t="n">
         <v>60.14184506</v>
       </c>
-      <c r="N13" s="1"/>
+      <c r="N13" s="1" t="n">
+        <v>58.60887193</v>
+      </c>
+      <c r="O13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0"/>
       <c r="B14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>