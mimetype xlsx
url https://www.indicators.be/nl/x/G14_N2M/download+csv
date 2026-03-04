--- v0 (2025-10-18)
+++ v1 (2026-03-04)
@@ -13,117 +13,105 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G14_N2M" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="16">
   <si>
     <t>Zee-oppervlakte in Natura 2000-gebied - België - trendevaluatie</t>
   </si>
   <si>
     <t>procent van zee-oppervlakte</t>
   </si>
   <si>
     <t>waarnemingen</t>
   </si>
   <si>
-    <t>trend en extrapolatie (november 2024)</t>
+    <t>trend en extrapolatie (november 2025)</t>
   </si>
   <si>
     <t>doelstelling 2030</t>
   </si>
   <si>
-    <t>EEA (2023), Natura 2000 barometer statistics, http://www.eea.europa.eu/ en van FOD Volksgezondheid, Veiligheid van de Voedselketen en Leefmilieu (2016), Onze zee in een notendop, http://www.health.belgium.be/nl/onze-zee-een-notendop; Eurostat (2023) Surface of marine sites designated under Natura 2000 [sdg_14_10], https://ec.europa.eu/eurostat (geraadpleegd op 28/3/2023); berekeningen FPB.</t>
+    <t>Bron: BE-gegevens: EEA (2025), Natura 2000 barometer statistics, http://www.eea.europa.eu/, laatste update van data 16/01/2025, en van FOD Volksgezondheid, Veiligheid van de Voedselketen en Leefmilieu (2025), Onze zee in een notendop, http://www.health.belgium.be/nl/onze-zee-een-notendop. </t>
+  </si>
+  <si>
+    <t>EU-gegevens: Eurostat (2025) Surface of marine sites designated under Natura 2000, sdg_14_10, https://ec.europa.eu/eurostat, laatste update van data 12/03/2025 23:00 (geraadpleegd op 02/07/2025); berekeningen FPB.</t>
   </si>
   <si>
     <t>Zee-oppervlakte in Natura 2000-gebied - België en internationale vergelijking</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>BE-gegevens: EEA (2023), Natura 2000 barometer statistics, http://www.eea.europa.eu/ en van FOD Volksgezondheid, Veiligheid van de Voedselketen en Leefmilieu (2016), Onze zee in een notendop, http://www.health.belgium.be/nl/onze-zee-een-notendop. </t>
-[...4 lines deleted...]
-  <si>
     <t>Code</t>
   </si>
   <si>
     <t>G14_N2M</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Zee-oppervlakte in Natura 2000-gebied (i70)</t>
+    <t>Zee-oppervlakte in Natura 2000-gebied (i71)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: deze indicator vertegenwoordigt het aandeel van de zee-oppervlakte van de Natura 2000-gebieden (onder de habitatrichtlijn 92/43/EEG - Publicatieblad van de Europese Unie, 22/7/1992 - en/of de vogelrichtlijn 79/409/EEG - Publicatieblad van de Europese Unie, 25/4/1979) in de totale Belgische zee-oppervlakte (die oppervlakte omvat de territoriale wateren, de exclusieve economische zone en het continentaal plat). De indicator wordt door het FPB berekend op basis van de gegevens van het Europees Milieuagentschap en van de FOD Volksgezondheid, Veiligheid van de Voedselketen en Leefmilieu. De gegevens voor de Europese Unie komen van Eurostat. Te noteren dat deze cijfers alleen betrekking hebben op de 22 EU27-landen met mariene gebieden.
 Doelstelling: een aandeel van 30% beschermde zee- en kustoppervlakte.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 14.5: "Tegen 2020 minstens 10% van de kust- en zeegebieden in stand houden, in overeenstemming met het nationale en internationale recht en gebaseerd op de beste beschikbare wetenschappelijke informatie". Die subdoelstelling is in België reeds ruim bereikt.
 De Conferentie van de Partijen van het VN-Verdrag inzake biologische diversiteit van december 2022 heeft nieuwe doelstellingen goedgekeurd, waaronder "Ervoor zorgen en mogelijk maken dat uiterlijk in 2030 ten minste 30% van de land- en binnenwatergebieden en van de kust- en zeegebieden […] effectief in stand wordt gehouden en beheerd door middel van ecologisch representatieve, goed verbonden en billijk bestuurde systemen van beschermde gebieden en andere efficiënte instandhoudingsmaatregelen" (target 3; CBD, 2022).
-Evolutie: het aandeel van de zee-oppervlakte van de Natura 2000-gebieden evolueert weinig tussen 2010 en 2019 en vertegenwoordigt 36,8% van de Belgisch zee-oppervlakte in 2019. In 2020 stijgt dit aandeel tot 38,1% net zoals in 2021 en 2022.
-[...1 lines deleted...]
-Opsplitsing volgens gewest: er is geen opsplitsing aangezien deze niet relevant is voor deze indicator.
 VN-indicator: de gekozen indicator stemt overeen met indicator 14.5.1 - Deel van de mariene oppervlakte dat beschermd is.
 Bronnen
-Algemeen
-[...4 lines deleted...]
-Specifiek
 CBD (2022), Kunming-Montreal Global biodiversity framework, CBD/COP/15/L.25.
-Publicatieblad van de Europese Unie: https://eur-lex.europa.eu/oj/direct-access.html?locale=nl (geraadpleegd op 24/09/2020).
+Publicatieblad van de Europese Unie: https://eur-lex.europa.eu/oj/direct-access.html?locale=nl.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -181,51 +169,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AG18"/>
+  <dimension ref="A1:AG19"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -371,52 +359,52 @@
       </c>
       <c r="Q4" s="1" t="n">
         <v>36.79791546</v>
       </c>
       <c r="R4" s="1" t="n">
         <v>36.79791546</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>36.79791546</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>36.79791546</v>
       </c>
       <c r="U4" s="1" t="n">
         <v>36.79791546</v>
       </c>
       <c r="V4" s="1" t="n">
         <v>38.12970469</v>
       </c>
       <c r="W4" s="1" t="n">
         <v>38.12970469</v>
       </c>
       <c r="X4" s="1" t="n">
         <v>38.12970469</v>
       </c>
-      <c r="Y4" s="1" t="s">
-        <f>=NA()</f>
+      <c r="Y4" s="1" t="n">
+        <v>38.12970469</v>
       </c>
       <c r="Z4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
@@ -432,111 +420,111 @@
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="I5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="J5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="K5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="L5" s="1" t="n">
-        <v>36.44615507</v>
+        <v>36.44785818</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>36.51381998</v>
+        <v>36.51542326</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>36.58368239</v>
+        <v>36.58516846</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>36.6583256</v>
+        <v>36.6596438</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>36.74015441</v>
+        <v>36.74120559</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>36.83294513</v>
+        <v>36.83356779</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>36.94103309</v>
+        <v>36.9409918</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>37.06846675</v>
+        <v>37.06744425</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>37.21793042</v>
+        <v>37.2155258</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>37.38944583</v>
+        <v>37.38518225</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>37.57880454</v>
+        <v>37.57215143</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>37.77571284</v>
+        <v>37.76612924</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>37.97519486</v>
+        <v>37.96219699</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>38.15567673</v>
+        <v>38.15898969</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>38.31888239</v>
+        <v>38.33702125</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>38.46639576</v>
+        <v>38.4979972</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>38.59966888</v>
+        <v>38.64348389</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>38.72003026</v>
+        <v>38.77491674</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>38.82869327</v>
+        <v>38.89360862</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>38.92676444</v>
+        <v>39.00075829</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>39.01525141</v>
+        <v>39.09745867</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>30</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>30</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>30</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>30</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>30</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>30</v>
       </c>
@@ -605,260 +593,274 @@
       </c>
       <c r="AC6" s="1" t="n">
         <v>30</v>
       </c>
       <c r="AD6" s="1" t="n">
         <v>30</v>
       </c>
       <c r="AE6" s="1" t="n">
         <v>30</v>
       </c>
       <c r="AF6" s="1" t="n">
         <v>30</v>
       </c>
       <c r="AG6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0"/>
       <c r="B7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
-      <c r="A9" s="0"/>
+      <c r="A9" s="0" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
-      <c r="A10" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A10" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...1 lines deleted...]
-      <c r="B12" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="0"/>
+      <c r="B13" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="C12" s="1" t="n">
+      <c r="C13" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="D12" s="1" t="n">
+      <c r="D13" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="E12" s="1" t="n">
+      <c r="E13" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="F12" s="1" t="n">
+      <c r="F13" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="G12" s="1" t="n">
+      <c r="G13" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="H12" s="1" t="n">
+      <c r="H13" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="I12" s="1" t="n">
+      <c r="I13" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="J12" s="1" t="n">
+      <c r="J13" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="K12" s="1" t="n">
+      <c r="K13" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="L12" s="1" t="n">
+      <c r="L13" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="M12" s="1" t="n">
+      <c r="M13" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="N12" s="1" t="n">
+      <c r="N13" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="O12" s="1"/>
-[...44 lines deleted...]
-      <c r="O13" s="1"/>
+      <c r="O13" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="P13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="B14" s="1" t="s">
-[...3 lines deleted...]
-        <f>=NA()</f>
+      <c r="B14" s="1" t="n">
+        <v>36.65315576</v>
+      </c>
+      <c r="C14" s="1" t="n">
+        <v>36.56316609</v>
       </c>
       <c r="D14" s="1" t="n">
+        <v>36.56369427</v>
+      </c>
+      <c r="E14" s="1" t="n">
+        <v>36.79262148</v>
+      </c>
+      <c r="F14" s="1" t="n">
+        <v>36.79125651</v>
+      </c>
+      <c r="G14" s="1" t="n">
+        <v>36.79791546</v>
+      </c>
+      <c r="H14" s="1" t="n">
+        <v>36.79791546</v>
+      </c>
+      <c r="I14" s="1" t="n">
+        <v>36.79791546</v>
+      </c>
+      <c r="J14" s="1" t="n">
+        <v>36.79791546</v>
+      </c>
+      <c r="K14" s="1" t="n">
+        <v>36.79791546</v>
+      </c>
+      <c r="L14" s="1" t="n">
+        <v>38.12970469</v>
+      </c>
+      <c r="M14" s="1" t="n">
+        <v>38.12970469</v>
+      </c>
+      <c r="N14" s="1" t="n">
+        <v>38.12970469</v>
+      </c>
+      <c r="O14" s="1" t="n">
+        <v>38.12970469</v>
+      </c>
+      <c r="P14" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C15" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D15" s="1" t="n">
         <v>4.2</v>
       </c>
-      <c r="E14" s="1" t="s">
-[...8 lines deleted...]
-      <c r="H14" s="1" t="n">
+      <c r="E15" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="F15" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="G15" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="H15" s="1" t="n">
         <v>7.4</v>
       </c>
-      <c r="I14" s="1" t="s">
-[...11 lines deleted...]
-      <c r="M14" s="1" t="n">
+      <c r="I15" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="J15" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="K15" s="1" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="L15" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="M15" s="1" t="n">
         <v>12.1</v>
       </c>
-      <c r="N14" s="1" t="s">
-[...6 lines deleted...]
-      <c r="B15" s="1"/>
+      <c r="N15" s="1" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="O15" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="P15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A16" s="0"/>
+      <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="0"/>
+      <c r="A18" s="0" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="0" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2" s="0" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>