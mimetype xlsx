--- v0 (2025-10-15)
+++ v1 (2026-03-04)
@@ -27,81 +27,72 @@
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G12_WSH" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t>Gevaarlijk afval - België en internationale vergelijking</t>
   </si>
   <si>
     <t>kilogram per inwoner</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>Eurostat (2022), Hazardous waste, env_wasgen, https://ec.europa.eu/eurostat (geraadpleegd op 26/10/2022).</t>
+    <t>Bron: Statbel; Eurostat (2025), Hazardous waste, env_wasgen, https://ec.europa.eu/eurostat, laatste update van data 09/07/2025 23:00 (geraadpleegd op 19/09/2025).</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G12_WSH</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Gevaarlijk afval (i60)</t>
+    <t>Gevaarlijk afval (i61)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Definitie: gevaarlijk afval is afval dat een risico vormt voor de gezondheid en/of het milieu: ontvlambaar, ontplofbaar, irriterend, giftig... Dat afval is wettelijk vastgelegd per type en per activiteitssector. De hoeveelheid gevaarlijk afval is de geproduceerde hoeveelheid door alle economische activiteiten (NACE) en door de huishoudens. De indicator wordt uitgedrukt in kilogram per inwoner. De gegevens komen van Eurostat.
+    <t>Definitie: gevaarlijk afval is afval dat een risico vormt voor de gezondheid en/of het milieu: ontvlambaar, ontplofbaar, irriterend, giftig... Dat afval is wettelijk vastgelegd per type en per activiteitssector. De hoeveelheid gevaarlijk afval is de geproduceerde hoeveelheid door alle economische activiteiten (NACE) en door de huishoudens. De indicator wordt uitgedrukt in kilogram per inwoner. Statistics Belgium organiseert in België de inzameling van deze gegevens en stelt de resultaten ervan ter beschikking, onder meer aan Eurostat. De hier gebruikte gegevens komen van Eurostat dat gedetailleerde en vergelijkbare data voor de EU-lidstaten publiceert.
 Doelstelling: de hoeveelheid gevaarlijk afval moet dalen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 12.4: "Tegen 2020 komen tot een milieuvriendelijk beheer van chemicaliën en van alle afval gedurende hun hele levenscyclus, in overeenstemming met afgesproken internationale kaderovereenkomsten, en hun uitstoot aanzienlijk beperken in lucht, water en bodem om hun negatieve invloeden op de menselijke gezondheid en het milieu zoveel mogelijk te beperken".
-Evolutie: de hoeveelheid ingezameld gevaarlijk afval neemt af tussen 2004 en 2012, van 499 tot 251 kg/inwoner, hoewel de piek in 2008 wordt bereikt met 553 kg/inwoner. Sinds 2012 evolueert deze hoeveelheid volgens een stijgende trend tot 342 kg/inwoner in 2020.
-[...8 lines deleted...]
-</t>
+VN-indicator: de gekozen indicator stemt overeen met indicator 12.4.2 – Productie van gevaarlijk afval per inwoner en aandeel verwerkt gevaarlijk afval, per type verwerking.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -158,166 +149,175 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="K3" s="1"/>
+      <c r="K3" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="L3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>499</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>383</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>553</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>438</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>251</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>264</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>336</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>343</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>342</v>
       </c>
-      <c r="K4" s="1"/>
+      <c r="K4" s="1" t="n">
+        <v>189</v>
+      </c>
+      <c r="L4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>186</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>213</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>200</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>206</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>203</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>228</v>
+        <v>284</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="K5" s="1"/>
+        <v>251</v>
+      </c>
+      <c r="K5" s="1" t="n">
+        <v>266</v>
+      </c>
+      <c r="L5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>