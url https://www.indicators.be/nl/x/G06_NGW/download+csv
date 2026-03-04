--- v0 (2025-10-14)
+++ v1 (2026-03-04)
@@ -13,99 +13,93 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G06_NGW" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
     <t>Nitraat in grondwater - België en internationale vergelijking</t>
   </si>
   <si>
     <t>milligram NO3-N per liter</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>Europa</t>
   </si>
   <si>
-    <t>EEA (2023), Nutrients in freshwater in Europe (CSI 020/WAT 003), rechtstreekse mededeling 24/8/2023.</t>
+    <t>Noot: Europa: 18 landen, zie Description</t>
+  </si>
+  <si>
+    <t>Bron: Eurostat (2025), Nitrate in groundwater, sdg_06_40, https://ec.europa.eu/eurostat, laatste update van data 24/01/2025 23:00 (geraadpleegd op 19/0/2025).</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G06_NGW</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Nitraat in grondwater (i34)</t>
+    <t>Nitraat in grondwater (i35)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Definitie: de gemiddelde nitraatconcentratie in grondwater wordt berekend op basis van 20 meetpunten verspreid over heel België. Ze wordt uitgedrukt in het gewicht stikstof in die nitraten per liter water (mg NO3-N/l). De gegevens komen van het Europees Milieuagentschap. De Europese gegevens betreffen 18 landen van de Europese Unie: België, Bulgarije, Cyprus, Denemarken, Duitsland, Estland, Finland, Frankrijk, Ierland, Italië, Letland, Malta, Oostenrijk, Portugal, Slovakije, Slovenië, Spanje en Tsjechische Republiek.
+    <t>Definitie: de gemiddelde nitraatconcentratie in grondwater wordt berekend op basis van 37 meetpunten verspreid over heel België. Ze wordt uitgedrukt in het gewicht stikstof in die nitraten per liter water (mg NO3-N/l). De gegevens komen van Eurostat. De Europese gegevens betreffen 18 landen van de Europese Unie: België, Bulgarije, Cyprus, Denemarken, Duitsland, Estland, Finland, Frankrijk, Ierland, Italië, Letland, Malta, Oostenrijk, Portugal, Slovakije, Slovenië, Spanje en Tsjechische Republiek.
 Doelstelling: de gemiddelde nitraatconcentratie in grondwater moet dalen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 6.3: "Tegen 2030 de waterkwaliteit verbeteren door verontreiniging te beperken, de lozing van gevaarlijke chemicaliën en materialen een halt toe te roepen en de uitstoot ervan tot een minimum te beperken, waarbij ook het aandeel van onbehandeld afvalwater wordt gehalveerd en recyclage en veilig hergebruik wereldwijd aanzienlijk worden verhoogd".
 De Federale beleidsvisie op lange termijn inzake duurzame ontwikkeling bevat doelstelling 35: "De uitstoot van vervuilende stoffen (...) zal aanzienlijk verminderd zijn en de lucht (binnen en buiten)-, water- en bodemvervuiling zal niet langer een significante – directe of indirecte – weerslag hebben, noch op de gezondheid, noch op het milieu" (Belgisch Staatsblad, 08/10/2013).
-Evolutie: de gemiddelde nitraatconcentratie in grondwater in België steeg tussen 1992 en 2008 van 23,9 tot 28,7 mg NO3-N/l. Daarna daalt ze tot 2021, maar met 25,6mg NO3-N/l blijft ze boven het niveau van 1992.
-[...1 lines deleted...]
-Opsplitsing volgens gewest: kan niet worden weergegeven omdat er momenteel geen vergelijkbare gegevens beschikbaar zijn.
 VN-indicator: de gekozen indicator stemt met geen enkele SDG-indicator overeen, maar sluit wel aan bij subdoelstelling 6.3. De nitraatconcentratie in grondwater is een indicator die de verontreiniging van grondwater illustreert.
-Deze indicator wordt gebruikt om de composiete indicator Milieukapitaal, gepubliceerd in het rapport Indicatoren van duurzame ontwikkeling, te berekenen.
+Deze indicator wordt gebruikt om de composiete indicator Milieukapitaal te berekenen.
 Bronnen
-Algemeen
-[...5 lines deleted...]
-Belgisch Staatsblad: http://www.ejustice.just.fgov.be/cgi/welcome.pl; opzoeking op http://www.ejustice.just.fgov.be/doc/rech_n.htm (geraadpleegd op 26/04/2019).
+Belgisch Staatsblad: http://www.ejustice.just.fgov.be/cgi/welcome.pl; opzoeking op http://www.ejustice.just.fgov.be/doc/rech_n.htm.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -163,51 +157,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AF8"/>
+  <dimension ref="A1:AG9"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>1992</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -275,304 +269,318 @@
       </c>
       <c r="X3" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="Y3" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="Z3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AA3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AB3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AC3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AD3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AE3" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="AF3" s="1"/>
+      <c r="AF3" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="AG3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="1" t="n">
-[...21 lines deleted...]
-        <v>24.993</v>
+      <c r="B4" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C4" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D4" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E4" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="F4" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="G4" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="H4" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="I4" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="J4" s="1" t="n">
-        <v>24.524</v>
+        <v>27.91</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>23.165</v>
+        <v>26.79</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>23.792</v>
+        <v>26.96</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>25.611</v>
+        <v>27.9</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>24.911</v>
+        <v>27.65</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>24.803</v>
+        <v>30.25</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>26.385</v>
+        <v>32.37</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>25.371</v>
+        <v>31.36</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>27.405</v>
+        <v>32.73</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>26.609</v>
+        <v>31.01</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>25.68</v>
+        <v>30.19</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>25.735</v>
+        <v>29.65</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>25.569</v>
+        <v>29.87</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>25.388</v>
+        <v>28.5</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>25.167</v>
+        <v>28.22</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>25.05</v>
+        <v>27.9</v>
       </c>
       <c r="Z4" s="1" t="n">
-        <v>25.297</v>
+        <v>30.34</v>
       </c>
       <c r="AA4" s="1" t="n">
-        <v>24.902</v>
+        <v>29.38</v>
       </c>
       <c r="AB4" s="1" t="n">
-        <v>24.963</v>
+        <v>28.63</v>
       </c>
       <c r="AC4" s="1" t="n">
-        <v>25.266</v>
+        <v>28.25</v>
       </c>
       <c r="AD4" s="1" t="n">
-        <v>25.62</v>
+        <v>27.9</v>
       </c>
       <c r="AE4" s="1" t="n">
-        <v>25.62</v>
-[...1 lines deleted...]
-      <c r="AF4" s="1"/>
+        <v>28.64</v>
+      </c>
+      <c r="AF4" s="1" t="n">
+        <v>28.64</v>
+      </c>
+      <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="1" t="n">
-[...21 lines deleted...]
-        <v>20.62</v>
+      <c r="B5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="F5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="G5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="H5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="I5" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="J5" s="1" t="n">
-        <v>20.927</v>
+        <v>21.23</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>20.444</v>
+        <v>21.09</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>19.969</v>
+        <v>20.59</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>20.471</v>
+        <v>20.91</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>20.488</v>
+        <v>20.79</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>20.036</v>
+        <v>20.86</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>19.848</v>
+        <v>20.88</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>20.543</v>
+        <v>21.27</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>21.199</v>
+        <v>21.39</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>21.121</v>
+        <v>21.1</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>21.053</v>
+        <v>21.56</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>19.889</v>
+        <v>20.71</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>21.129</v>
+        <v>21.34</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>20.481</v>
+        <v>21.22</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>20.303</v>
+        <v>21.32</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>20.366</v>
+        <v>21.35</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>20.386</v>
+        <v>21.64</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>20.082</v>
+        <v>21.06</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>20.926</v>
+        <v>21.18</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>20.598</v>
+        <v>20.82</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>20.702</v>
+        <v>20.43</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>20.865</v>
-[...1 lines deleted...]
-      <c r="AF5" s="1"/>
+        <v>20.59</v>
+      </c>
+      <c r="AF5" s="1" t="n">
+        <v>20.65</v>
+      </c>
+      <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
-      <c r="A8" s="0"/>
+      <c r="A8" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
+      <c r="A9" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>