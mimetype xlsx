--- v0 (2025-10-27)
+++ v1 (2026-02-21)
@@ -13,143 +13,126 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G03_SAT" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="23">
   <si>
     <t>Tevredenheid met het leven - België en internationale vergelijking</t>
   </si>
   <si>
     <t>score 0-10</t>
   </si>
   <si>
     <t>bevolking van 15 jaar en ouder</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>Duitsland</t>
   </si>
   <si>
     <t>Frankrijk</t>
   </si>
   <si>
     <t>Nederland</t>
   </si>
   <si>
-    <t>Door de pandemie werd de gegevensinzameling uitgesteld en startte ze in 2021.</t>
-[...2 lines deleted...]
-    <t>ESS (2024), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (geraadpleegd op 15/10/2024); berekeningen FPB.</t>
+    <t>Bron: Berekeningen FPB op basis van ESS (2025), Dataset European Social Survey, http://www.europeansocialsurvey.org/, laatste update van data 02/06/2025 (geraadpleegd op 01/10/2025)</t>
   </si>
   <si>
     <t>Tevredenheid met het leven volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
-    <t>ESS (2023), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (geraadpleegd op 18/10/2023); berekeningen FPB.</t>
-[...1 lines deleted...]
-  <si>
     <t>Tevredenheid met het leven volgens inkomen - België</t>
   </si>
   <si>
     <t>kwintiel 1</t>
   </si>
   <si>
     <t>kwintiel 2</t>
   </si>
   <si>
     <t>kwintiel 3</t>
   </si>
   <si>
     <t>kwintiel 4</t>
   </si>
   <si>
     <t>kwintiel 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G03_SAT</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Tevredenheid met het leven (i20)</t>
+    <t>Tevredenheid met het leven (i21)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Definitie: de tevredenheid met het leven is opgesteld op basis van de antwoorden van de respondenten (van 15 jaar of ouder) op de vraag uit de European Social Survey: "Stel je een ladder voor waarvan de sporten zijn genummerd van 0 aan de onderkant tot 10 aan de bovenkant. De bovenkant van de ladder staat voor het best mogelijke leven en de onderkant van de ladder vertegenwoordigt het slechtst mogelijke leven voor jou. Op welke sport van de ladder zou je zeggen dat je persoonlijk op dit moment staat?". Die indicator wordt uitgedrukt in een gemiddelde score op 10. Die vraag kwam telkens aan bod in de tien tweejaarlijkse enquêtes van de ESS. Door de covid-19-pandemie werd de enquête van 2020 uitgesteld naar 2021. Het FPB berekent de indicator met de gegevens van de ESS. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. De betrouwbaarheidsintervallen (BI) die met deze gegevens overeenkomen, zijn op verzoek verkrijgbaar.
+    <t>Definitie: de tevredenheid met het leven is opgesteld op basis van de antwoorden van de respondenten (van 15 jaar of ouder) op de vraag uit de European Social Survey: "Stel je een ladder voor waarvan de sporten zijn genummerd van 0 aan de onderkant tot 10 aan de bovenkant. De bovenkant van de ladder staat voor het best mogelijke leven en de onderkant van de ladder vertegenwoordigt het slechtst mogelijke leven voor jou. Op welke sport van de ladder zou je zeggen dat je persoonlijk op dit moment staat?". Die indicator wordt uitgedrukt in een gemiddelde score op 10. Die vraag kwam telkens aan bod in de elf tweejaarlijkse enquêtes van de ESS. Door de covid-19-pandemie werd de enquête van 2020 uitgesteld naar 2021. Het FPB berekent de indicator met de gegevens van de ESS. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. De betrouwbaarheidsintervallen (BI) die met deze gegevens overeenkomen, zijn op verzoek verkrijgbaar.
+Voor deze indicator zijn volgende opsplitsingen beschikbaar: geslacht en inkomen.
 Doelstelling: de tevredenheid met het leven mag niet dalen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 3.4: "Tegen 2030 de voortijdige sterfte gelinkt aan niet-overdraagbare ziekten met een derde inperken via preventie en behandeling, en geestelijke gezondheid en welzijn bevorderen".
 De Federale beleidsvisie op lange termijn inzake duurzame ontwikkeling stelt dat "een inclusieve maatschappij het welzijn van elke persoon wil bevorderen" (inleiding van de uitdaging "Een maatschappij die de sociale cohesie bevordert"; Belgisch Staatsblad, 08/10/2013).
-Evolutie: volgens de European Social Survey lag de indicator tevredenheid met het leven in 2021 in België op 7,6 (score op 10) en steeg die slechts licht in de periode 2002-2021, van 7,4 tot 7,6.
-[...4 lines deleted...]
-Opsplitsing volgens inkomen: gegevens sinds 2010 tonen dat er een verband is tussen het inkomen en de tevredenheid met het leven, de tevredenheid ligt hoger bij personen uit een hoger inkomenskwintiel.
 VN-indicator: de gekozen indicator stemt met geen enkele SDG-indicator overeen, maar sluit wel aan bij subdoelstelling 3.4: er is een sterke band tussen geestelijke gezondheid en welzijn, enerzijds, en de tevredenheid met het leven, anderzijds.
 Bronnen
-Algemeen
-[...5 lines deleted...]
-Belgisch Staatsblad: http://www.ejustice.just.fgov.be/cgi/welcome.pl; opzoeking op http://www.ejustice.just.fgov.be/doc/rech_n.htm (geraadpleegd op 24/09/2020).
+Belgisch Staatsblad: http://www.ejustice.just.fgov.be/cgi/welcome.pl; opzoeking op http://www.ejustice.just.fgov.be/doc/rech_n.htm.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -207,51 +190,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:L33"/>
+  <dimension ref="A1:M32"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
@@ -264,563 +247,672 @@
       </c>
       <c r="D4" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="L4" s="1"/>
+      <c r="L4" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>7.351589</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>7.422117</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>7.331425</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>7.21594</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>7.46279</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>7.411946</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>7.408325</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>7.435177</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>7.5</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>7.602527</v>
       </c>
-      <c r="L5" s="1"/>
+      <c r="L5" s="1" t="n">
+        <v>7.406883</v>
+      </c>
+      <c r="M5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>6.887468</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>6.738298</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>6.783655</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>6.907109</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>7.239647</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>7.593095</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>7.380057</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>7.507166</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>7.59</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>6.967087</v>
       </c>
-      <c r="L6" s="1"/>
+      <c r="L6" s="1" t="n">
+        <v>7.506415</v>
+      </c>
+      <c r="M6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1" t="n">
         <v>6.346735</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>6.439287</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>6.367096</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>6.303881</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>6.332269</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>6.611659</v>
       </c>
       <c r="H7" s="1" t="n">
         <v>6.434496</v>
       </c>
       <c r="I7" s="1" t="n">
         <v>6.705871</v>
       </c>
       <c r="J7" s="1" t="n">
         <v>6.54</v>
       </c>
       <c r="K7" s="1" t="n">
         <v>6.995806</v>
       </c>
-      <c r="L7" s="1"/>
+      <c r="L7" s="1" t="n">
+        <v>6.745883</v>
+      </c>
+      <c r="M7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="1" t="n">
         <v>7.671917</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>7.588305</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>7.577119</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>7.703404</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>7.771954</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>7.959712</v>
       </c>
       <c r="H8" s="1" t="n">
         <v>7.611915</v>
       </c>
       <c r="I8" s="1" t="n">
         <v>7.848513</v>
       </c>
       <c r="J8" s="1" t="n">
         <v>7.89</v>
       </c>
       <c r="K8" s="1" t="n">
         <v>7.866701</v>
       </c>
-      <c r="L8" s="1"/>
+      <c r="L8" s="1" t="n">
+        <v>7.868566</v>
+      </c>
+      <c r="M8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
       <c r="B9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="0" t="s">
+      <c r="A11" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="0" t="s">
         <v>8</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A15" s="0"/>
+      <c r="B15" s="1" t="n">
+        <v>2002</v>
+      </c>
+      <c r="C15" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="D15" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E15" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="F15" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="G15" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="H15" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="I15" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="J15" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="K15" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="L15" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="0"/>
+      <c r="A16" s="0" t="s">
+        <v>9</v>
+      </c>
       <c r="B16" s="1" t="n">
-        <v>2002</v>
+        <v>7.423638</v>
       </c>
       <c r="C16" s="1" t="n">
-        <v>2004</v>
+        <v>7.4708</v>
       </c>
       <c r="D16" s="1" t="n">
-        <v>2006</v>
+        <v>7.34146</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>2008</v>
+        <v>7.253586</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>2010</v>
+        <v>7.378998</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>2012</v>
+        <v>7.388946</v>
       </c>
       <c r="H16" s="1" t="n">
-        <v>2014</v>
+        <v>7.403373</v>
       </c>
       <c r="I16" s="1" t="n">
-        <v>2016</v>
+        <v>7.414394</v>
       </c>
       <c r="J16" s="1" t="n">
-        <v>2018</v>
+        <v>7.47</v>
       </c>
       <c r="K16" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="L16" s="1"/>
+        <v>7.570745</v>
+      </c>
+      <c r="L16" s="1" t="n">
+        <v>7.442577</v>
+      </c>
+      <c r="M16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="1" t="n">
-        <v>7.423638</v>
+        <v>7.269792</v>
       </c>
       <c r="C17" s="1" t="n">
-        <v>7.4708</v>
+        <v>7.370306</v>
       </c>
       <c r="D17" s="1" t="n">
-        <v>7.34146</v>
+        <v>7.320797</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>7.253586</v>
+        <v>7.176024</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>7.378998</v>
+        <v>7.551622</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>7.388946</v>
+        <v>7.43639</v>
       </c>
       <c r="H17" s="1" t="n">
-        <v>7.403373</v>
+        <v>7.413688</v>
       </c>
       <c r="I17" s="1" t="n">
-        <v>7.414394</v>
+        <v>7.457007</v>
       </c>
       <c r="J17" s="1" t="n">
-        <v>7.47</v>
+        <v>7.53</v>
       </c>
       <c r="K17" s="1" t="n">
-        <v>7.570745</v>
-[...1 lines deleted...]
-      <c r="L17" s="1"/>
+        <v>7.635448</v>
+      </c>
+      <c r="L17" s="1" t="n">
+        <v>7.369754</v>
+      </c>
+      <c r="M17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="0" t="s">
+      <c r="A18" s="0"/>
+      <c r="B18" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="1" t="n">
-[...41 lines deleted...]
-      <c r="A21" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A24" s="0"/>
+      <c r="B24" s="1" t="n">
+        <v>2002</v>
+      </c>
+      <c r="C24" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="D24" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E24" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="F24" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="G24" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="H24" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="I24" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="J24" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="K24" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="L24" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="0"/>
-[...10 lines deleted...]
-        <v>2016</v>
+      <c r="A25" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C25" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D25" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E25" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="F25" s="1" t="n">
-        <v>2018</v>
+        <v>6.633871</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="H25" s="1"/>
+        <v>6.329931</v>
+      </c>
+      <c r="H25" s="1" t="n">
+        <v>6.939747</v>
+      </c>
+      <c r="I25" s="1" t="n">
+        <v>6.831874</v>
+      </c>
+      <c r="J25" s="1" t="n">
+        <v>7.05</v>
+      </c>
+      <c r="K25" s="1" t="n">
+        <v>6.878774</v>
+      </c>
+      <c r="L25" s="1" t="n">
+        <v>6.385387</v>
+      </c>
+      <c r="M25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-        <v>6.831874</v>
+        <v>13</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C26" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D26" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E26" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="F26" s="1" t="n">
-        <v>7.05</v>
+        <v>7.188754</v>
       </c>
       <c r="G26" s="1" t="n">
-        <v>6.878774</v>
-[...1 lines deleted...]
-      <c r="H26" s="1"/>
+        <v>7.081289</v>
+      </c>
+      <c r="H26" s="1" t="n">
+        <v>7.114664</v>
+      </c>
+      <c r="I26" s="1" t="n">
+        <v>7.17701</v>
+      </c>
+      <c r="J26" s="1" t="n">
+        <v>7.12</v>
+      </c>
+      <c r="K26" s="1" t="n">
+        <v>7.509659</v>
+      </c>
+      <c r="L26" s="1" t="n">
+        <v>7.064631</v>
+      </c>
+      <c r="M26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>7.17701</v>
+        <v>14</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C27" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D27" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E27" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="F27" s="1" t="n">
-        <v>7.12</v>
+        <v>7.473918</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>7.509659</v>
-[...1 lines deleted...]
-      <c r="H27" s="1"/>
+        <v>7.518222</v>
+      </c>
+      <c r="H27" s="1" t="n">
+        <v>7.329425</v>
+      </c>
+      <c r="I27" s="1" t="n">
+        <v>7.363069</v>
+      </c>
+      <c r="J27" s="1" t="n">
+        <v>7.58</v>
+      </c>
+      <c r="K27" s="1" t="n">
+        <v>7.519052</v>
+      </c>
+      <c r="L27" s="1" t="n">
+        <v>7.447184</v>
+      </c>
+      <c r="M27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>16</v>
-[...11 lines deleted...]
-        <v>7.363069</v>
+        <v>15</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C28" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D28" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E28" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="F28" s="1" t="n">
-        <v>7.58</v>
+        <v>7.715335</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>7.519052</v>
-[...1 lines deleted...]
-      <c r="H28" s="1"/>
+        <v>7.791109</v>
+      </c>
+      <c r="H28" s="1" t="n">
+        <v>7.636053</v>
+      </c>
+      <c r="I28" s="1" t="n">
+        <v>7.731895</v>
+      </c>
+      <c r="J28" s="1" t="n">
+        <v>7.68</v>
+      </c>
+      <c r="K28" s="1" t="n">
+        <v>7.91544</v>
+      </c>
+      <c r="L28" s="1" t="n">
+        <v>7.722488</v>
+      </c>
+      <c r="M28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
-        <v>17</v>
-[...11 lines deleted...]
-        <v>7.731895</v>
+        <v>16</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C29" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D29" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E29" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="F29" s="1" t="n">
-        <v>7.68</v>
+        <v>7.848416</v>
       </c>
       <c r="G29" s="1" t="n">
-        <v>7.91544</v>
-[...1 lines deleted...]
-      <c r="H29" s="1"/>
+        <v>8.077109</v>
+      </c>
+      <c r="H29" s="1" t="n">
+        <v>7.755575</v>
+      </c>
+      <c r="I29" s="1" t="n">
+        <v>7.808437</v>
+      </c>
+      <c r="J29" s="1" t="n">
+        <v>7.94</v>
+      </c>
+      <c r="K29" s="1" t="n">
+        <v>8.007291</v>
+      </c>
+      <c r="L29" s="1" t="n">
+        <v>8.015782</v>
+      </c>
+      <c r="M29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="0" t="s">
-[...20 lines deleted...]
-      <c r="H30" s="1"/>
+      <c r="A30" s="0"/>
+      <c r="B30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="0"/>
-      <c r="B31" s="1"/>
+      <c r="A31" s="0" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="0" t="s">
-[...4 lines deleted...]
-      <c r="A33" s="0"/>
+      <c r="A32" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>