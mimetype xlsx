--- v0 (2025-10-16)
+++ v1 (2026-02-21)
@@ -27,81 +27,72 @@
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G12_WSH" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t>Déchets dangereux - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>kilogrammes par habitant</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>Eurostat (2022), Déchets dangereux, env_wasgen, https://ec.europa.eu/eurostat (consulté le 26/10/2022).</t>
+    <t>Source: Statbel; Eurostat (2025), Déchets dangereux, env_wasgen, https://ec.europa.eu/eurostat, dernière mise à jour des données 09/07/2025 23:00 (consulté le 19/09/2025).</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G12_WSH</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Déchets dangereux (i60)</t>
+    <t>Déchets dangereux (i61)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Définition: les déchets dangereux sont des déchets qui présentent des risques pour la santé et/ou l’environnement: produits inflammables, explosifs, irritants, toxiques… Ces déchets sont définis légalement par type et par secteur d’activité. La quantité de déchets dangereux est la quantité produite par l'ensemble des activités économiques (NACE) et par les ménages. L'indicateur est exprimé en kilogrammes par habitant. Les données proviennent d'Eurostat.
+    <t>Définition: les déchets dangereux sont des déchets qui présentent des risques pour la santé et/ou l’environnement: produits inflammables, explosifs, irritants, toxiques… Ces déchets sont définis légalement par type et par secteur d’activité. La quantité de déchets dangereux est la quantité produite par l'ensemble des activités économiques (NACE) et par les ménages. L'indicateur est exprimé en kilogrammes par habitant. Statistics Belgium organise en Belgique la récolte de ces données et en met les résultats à disposition, notamment d'Eurostat. Les données utilisées ici proviennent d'Eurostat qui publie des résultats détaillés et comparables entre les États membres de l'UE.
 Objectif: la quantité de déchets dangereux doit diminuer.
 Les objectifs de développement durable de l’ONU (SDG) comprennent le sous-objectif 12.4: "D’ici à 2020, instaurer une gestion écologiquement rationnelle des produits chimiques et de tous les déchets tout au long de leur cycle de vie, conformément aux principes directeurs arrêtés à l’échelle internationale, et réduire considérablement leur déversement dans l’air, l’eau et le sol, afin de minimiser leurs effets négatifs sur la santé et l’environnement".
-Évolution: la quantité de déchets dangereux collectés a tendance à diminuer entre 2004 et 2012 allant de 499 à 251 kg/habitant, même si elle atteint son maximum en 2008 avec 553 kg/habitant. Depuis 2012, cette quantité a tendance à augmenter pour atteindre 342 kg/habitant en 2020.
-[...8 lines deleted...]
-</t>
+Indicateur ONU: l’indicateur choisi correspond à l'indicateur 12.4.2 - Production de déchets dangereux par habitant et proportion de déchets dangereux traités, par type de traitement.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -158,166 +149,175 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="K3" s="1"/>
+      <c r="K3" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="L3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>499</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>383</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>553</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>438</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>251</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>264</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>336</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>343</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>342</v>
       </c>
-      <c r="K4" s="1"/>
+      <c r="K4" s="1" t="n">
+        <v>189</v>
+      </c>
+      <c r="L4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>186</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>213</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>200</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>206</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>203</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>228</v>
+        <v>284</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="K5" s="1"/>
+        <v>251</v>
+      </c>
+      <c r="K5" s="1" t="n">
+        <v>266</v>
+      </c>
+      <c r="L5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>