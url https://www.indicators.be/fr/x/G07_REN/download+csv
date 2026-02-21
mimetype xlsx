--- v0 (2025-10-14)
+++ v1 (2026-02-21)
@@ -24,108 +24,99 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G07_REN" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="17">
   <si>
     <t>Énergies renouvelables - Belgique - évaluation de la tendance</t>
   </si>
   <si>
     <t>pourcentage de la consommation finale brute d'énergie</t>
   </si>
   <si>
     <t>observations</t>
   </si>
   <si>
-    <t>projection (PNEC 2023)</t>
+    <t>projection (PNEC 2025)</t>
   </si>
   <si>
     <t>objectif 2030</t>
   </si>
   <si>
-    <t>Projection selon les paramètres du scénario WAM (With Additional Measures) du PNEC 2023. </t>
-[...2 lines deleted...]
-    <t>Eurostat (2024), Part des énergies renouvelables dans la consommation finale brute d'énergie [sdg_07_40], https://ec.europa.eu/eurostat (consulté le 30/09/2024); Concere, CNC (2023), Projet de mise à jour du Plan National Energie et Climat belge 2021-2030 (PNEC 2023), https://www.plannationalenergieclimat.be/fr (consulté le 30/09/2024).</t>
+    <t>Note: Projection selon les paramètres du scénario WAM (With Additional Measures) du PNEC 2025.</t>
+  </si>
+  <si>
+    <t>Source: Eurostat (2025), Part des énergies renouvelables dans la consommation finale brute d'énergie [sdg_07_40], https://ec.europa.eu/eurostat (consulté le 30/09/2025); CONCERE et Commission nationale climat (2025), Mise à jour finale du Plan national belge  en matière d'énergie et de climat 2021-2030 (PNEC 2025), https://www.plannationalenergieclimat.be/fr (consulté le 10/10/2025).</t>
   </si>
   <si>
     <t>Énergies renouvelables - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>Eurostat (2024), Part des énergies renouvelables dans la consommation finale brute d'énergie [sdg_07_40], https://ec.europa.eu/eurostat (consulté le 30/09/2024).</t>
+    <t>Source: Eurostat (2025), Part des énergies renouvelables dans la consommation finale brute d'énergie [sdg_07_40], https://ec.europa.eu/eurostat (consulté le 30/09/2025).</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G07_REN</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Énergies renouvelables (i37)</t>
+    <t>Énergies renouvelables (i38)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition: la part des énergies renouvelables donnent la part de la consommation d’énergie produite à partir des sources d'énergie renouvelables dans la consommation finale brute d'énergie, comme défini dans la Directive européenne 2009/28/CE relative à la promotion de l’utilisation de l’énergie produite à partir de sources renouvelables (Journal officiel de l'Union européenne, 5/6/2009). La consommation finale brute d’énergie est l'énergie consommée par l'ensemble des utilisateurs finaux d'énergie, en y incluant les pertes sur les réseaux de transport et la consommation du secteur de production d'énergie lui-même. Les données proviennent d’Eurostat.
-Objectif: la part des énergies renouvelables doit atteindre 34% en 2030.
+Objectif: la part des énergies renouvelables doit atteindre 33% en 2030.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 7.2: "D’ici à 2030, accroître nettement la part de l’énergie renouvelable dans le bouquet énergétique mondial".
 La Vision stratégique fédérale à long terme de développement durable inclut l’objectif 16: "Les formes d’énergies bas carbone seront prédominantes dans le mix énergétique, et les énergies renouvelables constitueront une partie significative" (Moniteur belge, 08/10/2013).Au niveau européen, la directive 2018/2001 visant la promotion de l’utilisation d’énergie produite à partir de sources renouvelables (Journal officiel de l'Union européenne), fixait un objectif de 32% d'énergies renouvelables d'ici 2030 pour l'UE. En 2023, cette directive a été modifiée par la directive 2023/2413, qui impose désormais un objectif contraignant de 42,5% de sources renouvelables dans la consommation finale brute d’énergie de l’UE en 2030.
-En complément, le règlement européen 2018/1999 sur la gouvernance de l'union de l'énergie et de l'action pour le climat demande à tous les États membres de l’UE d’élaborer un plan national en matière d'énergie et de climat (PNEC) pour la période allant de 2021 à 2030 (Journal officiel de l'Union européenne). En réponse, le projet de mise à jour du Plan National Energie et Climat belge 2021-2030 (PNEC 2023) fixe un objectif de 21,7% d’énergies renouvelables dans la consommation finale brute d’énergie d’ici 2030. Ce pourcentage, établi selon les projections "avec mesures additionnelles" du PNEC 2023, demeure cependant inférieur à l’objectif indicatif de 34% mentionné dans ce PNEC 2023 pour la Belgique conformément à la formule figurant dans l’annexe II du règlement (UE) 2018/1999 (Concere/CNC, 2023). C'est cette dernière qui est utilisée pour l'évaluation.
-[...2 lines deleted...]
-Ventilation selon la Région: ne peut pas être présentée car des données comparables ne sont actuellement pas disponibles.
+En complément, le règlement européen 2018/1999 sur la gouvernance de l'union de l'énergie et de l'action pour le climat demande à tous les États membres de l’UE d’élaborer un plan national en matière d'énergie et de climat (PNEC) pour la période allant de 2021 à 2030 (Journal officiel de l'Union européenne). En réponse, la mise à jour finale du Plan national belge en matière d'énergie et de climat 2021-2030 (PNEC 2025) fixe un objectif de 20,4% d’énergies renouvelables dans la consommation finale brute d’énergie d’ici 2030. Ce pourcentage, établi selon les projections "avec mesures additionnelles" du PNEC 2025, demeure cependant inférieur à l’objectif indicatif de 33% mentionné dans ce PNEC 2025 pour la Belgique conformément à la formule figurant dans l’annexe II du règlement (UE) 2018/1999 (Concere/CNC, 2025). C'est cette dernière qui est utilisée pour l'évaluation.
 Indicateur ONU: l’indicateur choisi correspond à l'indicateur 7.2.1 - Part de l’énergie renouvelable dans la consommation finale d’énergie.
 Sources
-Générales
-[...7 lines deleted...]
-Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm (consulté le 24/09/2020).
+Concere/CNC (2025), Mise à jour finale du Plan national belge en matière d'énergie et de climat 2021-2030 (PNEC 2025), https://www.plannationalenergieclimat.be/fr (consulté le 24/11/2025).
+Journal officiel de l'Union européenne: https://eur-lex.europa.eu/oj/direct-access.html?locale=fr.
+Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -368,57 +359,57 @@
       <c r="O4" s="1" t="n">
         <v>7.671</v>
       </c>
       <c r="P4" s="1" t="n">
         <v>8.038</v>
       </c>
       <c r="Q4" s="1" t="n">
         <v>8.06</v>
       </c>
       <c r="R4" s="1" t="n">
         <v>8.744</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>9.136</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>9.472</v>
       </c>
       <c r="U4" s="1" t="n">
         <v>9.929</v>
       </c>
       <c r="V4" s="1" t="n">
         <v>13</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>13.007</v>
+        <v>13.076</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>13.759</v>
-[...2 lines deleted...]
-        <f>=NA()</f>
+        <v>13.816</v>
+      </c>
+      <c r="Y4" s="1" t="n">
+        <v>14.741</v>
       </c>
       <c r="Z4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
@@ -479,165 +470,165 @@
       <c r="S5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="T5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="U5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="V5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="W5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="X5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="Y5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="Z5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>14.37587785</v>
+        <v>15.11759712</v>
       </c>
       <c r="AB5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>21.66012853</v>
+        <v>20.39706266</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="R6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="S6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="U6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="V6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="X6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="Y6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="AA6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="AB6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="AC6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="AD6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="AE6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="AF6" s="1" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="AG6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0"/>
       <c r="B7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>7</v>
       </c>
     </row>
@@ -683,51 +674,54 @@
       </c>
       <c r="M13" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="N13" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="O13" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="P13" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Q13" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="R13" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="S13" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="T13" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="U13" s="1"/>
+      <c r="U13" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="V13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>1.916</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>2.325</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>2.658</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>3.14</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>3.611</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>4.746</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>6.004</v>
@@ -741,56 +735,59 @@
       <c r="K14" s="1" t="n">
         <v>7.671</v>
       </c>
       <c r="L14" s="1" t="n">
         <v>8.038</v>
       </c>
       <c r="M14" s="1" t="n">
         <v>8.06</v>
       </c>
       <c r="N14" s="1" t="n">
         <v>8.744</v>
       </c>
       <c r="O14" s="1" t="n">
         <v>9.136</v>
       </c>
       <c r="P14" s="1" t="n">
         <v>9.472</v>
       </c>
       <c r="Q14" s="1" t="n">
         <v>9.929</v>
       </c>
       <c r="R14" s="1" t="n">
         <v>13</v>
       </c>
       <c r="S14" s="1" t="n">
-        <v>13.007</v>
+        <v>13.076</v>
       </c>
       <c r="T14" s="1" t="n">
-        <v>13.759</v>
-[...1 lines deleted...]
-      <c r="U14" s="1"/>
+        <v>13.816</v>
+      </c>
+      <c r="U14" s="1" t="n">
+        <v>14.741</v>
+      </c>
+      <c r="V14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="n">
         <v>9.605</v>
       </c>
       <c r="C15" s="1" t="n">
         <v>10.182</v>
       </c>
       <c r="D15" s="1" t="n">
         <v>10.778</v>
       </c>
       <c r="E15" s="1" t="n">
         <v>11.749</v>
       </c>
       <c r="F15" s="1" t="n">
         <v>12.552</v>
       </c>
       <c r="G15" s="1" t="n">
         <v>13.85</v>
       </c>
       <c r="H15" s="1" t="n">
         <v>14.405</v>
@@ -804,56 +801,59 @@
       <c r="K15" s="1" t="n">
         <v>16.659</v>
       </c>
       <c r="L15" s="1" t="n">
         <v>17.416</v>
       </c>
       <c r="M15" s="1" t="n">
         <v>17.82</v>
       </c>
       <c r="N15" s="1" t="n">
         <v>17.978</v>
       </c>
       <c r="O15" s="1" t="n">
         <v>18.411</v>
       </c>
       <c r="P15" s="1" t="n">
         <v>19.096</v>
       </c>
       <c r="Q15" s="1" t="n">
         <v>19.887</v>
       </c>
       <c r="R15" s="1" t="n">
         <v>22.038</v>
       </c>
       <c r="S15" s="1" t="n">
-        <v>21.893</v>
+        <v>21.894</v>
       </c>
       <c r="T15" s="1" t="n">
-        <v>23.047</v>
-[...1 lines deleted...]
-      <c r="U15" s="1"/>
+        <v>23.058</v>
+      </c>
+      <c r="U15" s="1" t="n">
+        <v>24.555</v>
+      </c>
+      <c r="V15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>