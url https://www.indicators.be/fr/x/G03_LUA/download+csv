--- v0 (2025-12-20)
+++ v1 (2026-03-31)
@@ -13,171 +13,166 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G03_LUA" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="36">
   <si>
     <t>Limitation dans les activités quotidiennes - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>pourcentage des 16 ans et plus</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>rupture de série: BE 2019; collecte des données BE 2020 impactée par la pandémie de Covid-19</t>
-[...2 lines deleted...]
-    <t>Statbel (2023), communication directe (07/03/2023), Statbel (2024), Limitation dans les activités quotidiennes, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#panel-12 et Eurostat (2024), Self-perceived long-standing limitations in usual activities due to health problem [hlth_silc_12], https://ec.europa.eu/eurostat (consultés le 31/10/2024).</t>
+    <t>Note: rupture de série: BE 2019; collecte des données BE 2020 impactée par la pandémie de Covid-19</t>
+  </si>
+  <si>
+    <t>L'intervalle de confiance à 95 % pour la part de la population de 16 ans et plus qui déclare être plus ou moins sévèrement limitée dans ses activités quotidiennes du fait d'un problème de santé en 2024 est de 24,2% à 26,8% pour Belgique.</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025), Limitation dans les activités quotidiennes, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#panel-12 et Eurostat (2025), Self-perceived long-standing limitations in usual activities due to health problem, hlth_silc_12, https://ec.europa.eu/eurostat, dernière mise à jour des données 01/10/2025 11:00 (consultés le 02/10/2025); Statbel (2025), communication directe 6/10/2025</t>
   </si>
   <si>
     <t>Limitation dans les activités quotidiennes selon la Région - Belgique</t>
   </si>
   <si>
     <t>Région de Bruxelles-Capitale</t>
   </si>
   <si>
     <t>Région flamande</t>
   </si>
   <si>
     <t>Région wallonne</t>
   </si>
   <si>
-    <t>La marge d'incertitude de cet indicateur est indiquée dans le texte pour la dernière année. </t>
-[...2 lines deleted...]
-    <t>Statbel (2023), communication directe (07/03/2023) et Statbel (2024), Limitation dans les activités quotidiennes, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#panel-12 (consulté le 31/10/2024).</t>
+    <t>Note: L'intervalle de confiance à 95 % pour la part de la population de 16 ans et plus qui déclare être plus ou moins sévèrement limitée dans ses activités quotidiennes du fait d'un problème de santé en 2024 est de 19,2% à 23,3% pour Bruxelles, de 22,5% à 26,1% pour Flandre et de 26,9% à 31,5% pour la Wallonie.</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025), Limitation dans les activités quotidiennes, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#panel-12 (consulté le 02/10/2025) et communication directe 6/10/2025</t>
   </si>
   <si>
     <t>Limitation dans les activités quotidiennes selon le sexe - Belgique</t>
   </si>
   <si>
     <t>femmes</t>
   </si>
   <si>
     <t>hommes</t>
   </si>
   <si>
-    <t>rupture de série: 2019; collecte des données 2020 impactée par la pandémie de Covid-19</t>
+    <t>Note: rupture de série: 2019; collecte des données 2020 impactée par la pandémie de Covid-19</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025), Limitation dans les activités quotidiennes, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#panel-12 (consulté le 02/10/2025).</t>
   </si>
   <si>
     <t>Limitation dans les activités quotidiennes selon l'âge - Belgique</t>
   </si>
   <si>
     <t>pourcentage</t>
   </si>
   <si>
     <t>16-24</t>
   </si>
   <si>
     <t>25-49</t>
   </si>
   <si>
     <t>50-64</t>
   </si>
   <si>
     <t>&gt;64</t>
   </si>
   <si>
     <t>Limitation dans les activités quotidiennes selon le revenu - Belgique</t>
   </si>
   <si>
     <t>quintile 1</t>
   </si>
   <si>
     <t>quintile 2</t>
   </si>
   <si>
     <t>quintile 3</t>
   </si>
   <si>
     <t>quintile 4</t>
   </si>
   <si>
     <t>quintile 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G03_LUA</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Limitation dans les activités quotidiennes (i15)</t>
+    <t>Limitation dans les activités quotidiennes (i16)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition: la part de la population de 16 ans et plus qui déclare être plus ou moins sévèrement limitée dans ses activités quotidiennes du fait d'un problème de santé. Les données proviennent de l’enquête Statistics on Income and Living Conditions (EU-SILC) de l’Union européenne. La limitation en question doit avoir été ressentie au moins durant les six mois qui précèdent l’enquête. A la question sur cette limitation, les participants ont le choix entre trois réponses: pas du tout limité, limité, mais pas sévèrement ou sévèrement limité. Ce sont les deux dernières réponses qui sont additionnées pour cet indicateur. Statistics Belgium organise en Belgique cette enquête harmonisée au niveau de l'UE et en met les résultats à disposition, notamment d'Eurostat. Les données utilisées ici pour la Belgique proviennent directement de Statistics Belgium. Les données pour la comparaison internationale proviennent quant à elles d’Eurostat. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Les intervalles de confiance correspondant à ces données sont disponibles sur demande auprès de Statistics Belgium.
 À partir de 2019, la méthodologie de l’enquête a été revue en profondeur pour une meilleure précision. En 2020, c’est la pandémie de Covid-19 qui a impacté la collecte des données. De ce fait, il est difficile de comparer les résultats de SILC 2020 avec ceux des années précédentes. (Statbel, 2021). En conséquence, ils ne sont pas utilisés pour calculer et évaluer la tendance à long terme.
+Pour cet indicateur les ventilations suivantes sont disponibles : région, sexe, revenu et âge.
 Objectif: la part de la population de 16 ans et plus qui déclare être limitée dans ses activités quotidiennes du fait d'un problème de santé doit diminuer.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent l'objectif 3: "Permettre à tous de vivre en bonne santé et promouvoir le bien-être de tous à tout âge". Le fait de ne pas avoir de limitations dans les activités quotidiennes participe à la santé et au bien-être.
-Évolution: la part de la population qui déclare être limitée dans ses activités quotidiennes est en légère hausse depuis 2005. Cette tendance à la hausse est plus marquée à partir de 2012. En 2023, avec la nouvelle méthodologie utilisée à partir de 2019, environ un quart des Belges (25,4%) déclare être concerné par ces problèmes.
-[...4 lines deleted...]
-Ventilation selon l'âge: plus les personnes sont âgées, plus elles déclarent être limitées dans leurs activités quotidiennes. En 2023, avec la nouvelle méthodologie utilisée à partir de 2019, 8,5% des personnes de 16 à 24 ans se déclarent comme limitées contre 42,1% pour celles de 65 ans ou plus.
 Indicateur ONU: l’indicateur choisi ne correspond à aucun indicateur de suivi des SDG, mais est relié à l'objectif 3 puisque l'absence de limitation dans les activités quotidiennes est une mesure de la santé globale de la population.
-Cet indicateur est utilisé pour le calcul de l'indicateur composite de bien-être ici et maintenant, publié dans le rapport Indicateurs de développement durable.
+Cet indicateur est utilisé pour le calcul de l'indicateur composite de bien-être ici et maintenant.
 Sources
-Générales
-[...5 lines deleted...]
-Statbel (2021), SILC FAQ, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/faq, voir en particulier "Y a-t-il des ruptures de séries dans la chronologie de l'enquête SILC ?" (consulté le 19/11/2021).
+Statbel (2021), SILC FAQ, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/faq, voir en particulier "Y a-t-il des ruptures de séries dans la chronologie de l'enquête SILC ?" (consulté le 27/08/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -235,51 +230,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:U51"/>
+  <dimension ref="A1:V52"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2005</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -314,114 +309,120 @@
       </c>
       <c r="M3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="N3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="O3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="P3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="Q3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="R3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="S3" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="T3" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="U3" s="1"/>
+      <c r="U3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="V3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
-        <v>23.89</v>
+        <v>23.9</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>23.02</v>
+        <v>23</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>22.55</v>
+        <v>22.5</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>22.73</v>
+        <v>22.7</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>23.12</v>
+        <v>23.1</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>23.3</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>23.71</v>
+        <v>23.7</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>21.94</v>
+        <v>22</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>23.48</v>
+        <v>23.5</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>24.02</v>
+        <v>24</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>23.57</v>
+        <v>23.6</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>24.71</v>
+        <v>24.7</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>24.78</v>
+        <v>24.8</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>25.16</v>
+        <v>25.2</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>27.15</v>
+        <v>27.2</v>
       </c>
       <c r="Q4" s="1" t="n">
         <v>25</v>
       </c>
       <c r="R4" s="1" t="n">
         <v>24.4</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>25.6</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>25.4</v>
       </c>
-      <c r="U4" s="1"/>
+      <c r="U4" s="1" t="n">
+        <v>25.6</v>
+      </c>
+      <c r="V4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G5" s="1" t="n">
         <v>25.7</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>26.7</v>
@@ -440,1183 +441,1245 @@
       </c>
       <c r="M5" s="1" t="n">
         <v>24.2</v>
       </c>
       <c r="N5" s="1" t="n">
         <v>24.5</v>
       </c>
       <c r="O5" s="1" t="n">
         <v>24.6</v>
       </c>
       <c r="P5" s="1" t="n">
         <v>24</v>
       </c>
       <c r="Q5" s="1" t="n">
         <v>24.9</v>
       </c>
       <c r="R5" s="1" t="n">
         <v>25.2</v>
       </c>
       <c r="S5" s="1" t="n">
         <v>27</v>
       </c>
       <c r="T5" s="1" t="n">
         <v>26.8</v>
       </c>
-      <c r="U5" s="1"/>
+      <c r="U5" s="1" t="n">
+        <v>23.9</v>
+      </c>
+      <c r="V5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
-      <c r="A9" s="0"/>
+      <c r="A9" s="0" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
-      <c r="A10" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A10" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...1 lines deleted...]
-      <c r="B12" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="0"/>
+      <c r="B13" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="C12" s="1" t="n">
+      <c r="C13" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="D12" s="1" t="n">
+      <c r="D13" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="E12" s="1" t="n">
+      <c r="E13" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="F12" s="1" t="n">
+      <c r="F13" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="G12" s="1"/>
-[...20 lines deleted...]
-      <c r="G13" s="1"/>
+      <c r="G13" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="H13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
-        <v>25.8</v>
+        <v>26.1</v>
       </c>
       <c r="C14" s="1" t="n">
-        <v>22.9</v>
+        <v>24.5</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>22.1</v>
+        <v>21.4</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>23.4</v>
+        <v>23.8</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>23.5</v>
       </c>
-      <c r="G14" s="1"/>
+      <c r="G14" s="1" t="n">
+        <v>21.3</v>
+      </c>
+      <c r="H14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="n">
+        <v>25.8</v>
+      </c>
+      <c r="C15" s="1" t="n">
+        <v>22.9</v>
+      </c>
+      <c r="D15" s="1" t="n">
+        <v>22.1</v>
+      </c>
+      <c r="E15" s="1" t="n">
+        <v>23.4</v>
+      </c>
+      <c r="F15" s="1" t="n">
+        <v>23.5</v>
+      </c>
+      <c r="G15" s="1" t="n">
+        <v>24.2</v>
+      </c>
+      <c r="H15" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" s="1" t="n">
         <v>30</v>
       </c>
-      <c r="C15" s="1" t="n">
+      <c r="C16" s="1" t="n">
         <v>29.1</v>
       </c>
-      <c r="D15" s="1" t="n">
+      <c r="D16" s="1" t="n">
         <v>29.5</v>
       </c>
-      <c r="E15" s="1" t="n">
+      <c r="E16" s="1" t="n">
         <v>30.5</v>
       </c>
-      <c r="F15" s="1" t="n">
+      <c r="F16" s="1" t="n">
         <v>29.5</v>
       </c>
-      <c r="G15" s="1"/>
-[...3 lines deleted...]
-      <c r="B16" s="1"/>
+      <c r="G16" s="1" t="n">
+        <v>29.6</v>
+      </c>
+      <c r="H16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A17" s="0"/>
+      <c r="B17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="0"/>
+      <c r="A19" s="0" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A20" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...1 lines deleted...]
-      <c r="B22" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="0"/>
+      <c r="B23" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="C22" s="1" t="n">
+      <c r="C23" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="D22" s="1" t="n">
+      <c r="D23" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="E22" s="1" t="n">
+      <c r="E23" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="F22" s="1" t="n">
+      <c r="F23" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="G22" s="1" t="n">
+      <c r="G23" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="H22" s="1" t="n">
+      <c r="H23" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="I22" s="1" t="n">
+      <c r="I23" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="J22" s="1" t="n">
+      <c r="J23" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="K22" s="1" t="n">
+      <c r="K23" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="L22" s="1" t="n">
+      <c r="L23" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="M22" s="1" t="n">
+      <c r="M23" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="N22" s="1" t="n">
+      <c r="N23" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="O22" s="1" t="n">
+      <c r="O23" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="P22" s="1" t="n">
+      <c r="P23" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="Q22" s="1" t="n">
+      <c r="Q23" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="R22" s="1" t="n">
+      <c r="R23" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="S22" s="1" t="n">
+      <c r="S23" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="T22" s="1" t="n">
+      <c r="T23" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="U22" s="1"/>
-[...62 lines deleted...]
-      <c r="U23" s="1"/>
+      <c r="U23" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="V23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
+        <v>26.9</v>
+      </c>
+      <c r="C24" s="1" t="n">
+        <v>25.8</v>
+      </c>
+      <c r="D24" s="1" t="n">
+        <v>25.1</v>
+      </c>
+      <c r="E24" s="1" t="n">
+        <v>25.1</v>
+      </c>
+      <c r="F24" s="1" t="n">
+        <v>25.9</v>
+      </c>
+      <c r="G24" s="1" t="n">
+        <v>26.6</v>
+      </c>
+      <c r="H24" s="1" t="n">
+        <v>26.2</v>
+      </c>
+      <c r="I24" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="J24" s="1" t="n">
+        <v>25.9</v>
+      </c>
+      <c r="K24" s="1" t="n">
+        <v>26.8</v>
+      </c>
+      <c r="L24" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="M24" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="N24" s="1" t="n">
+        <v>26.9</v>
+      </c>
+      <c r="O24" s="1" t="n">
+        <v>27.2</v>
+      </c>
+      <c r="P24" s="1" t="n">
+        <v>28.9</v>
+      </c>
+      <c r="Q24" s="1" t="n">
+        <v>26.9</v>
+      </c>
+      <c r="R24" s="1" t="n">
+        <v>26.8</v>
+      </c>
+      <c r="S24" s="1" t="n">
+        <v>28.3</v>
+      </c>
+      <c r="T24" s="1" t="n">
+        <v>27.8</v>
+      </c>
+      <c r="U24" s="1" t="n">
+        <v>27.7</v>
+      </c>
+      <c r="V24" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B25" s="1" t="n">
         <v>20.7</v>
       </c>
-      <c r="C24" s="1" t="n">
+      <c r="C25" s="1" t="n">
         <v>20.1</v>
       </c>
-      <c r="D24" s="1" t="n">
+      <c r="D25" s="1" t="n">
         <v>19.8</v>
       </c>
-      <c r="E24" s="1" t="n">
+      <c r="E25" s="1" t="n">
         <v>20.2</v>
       </c>
-      <c r="F24" s="1" t="n">
+      <c r="F25" s="1" t="n">
         <v>20.2</v>
       </c>
-      <c r="G24" s="1" t="n">
+      <c r="G25" s="1" t="n">
         <v>19.8</v>
       </c>
-      <c r="H24" s="1" t="n">
+      <c r="H25" s="1" t="n">
         <v>21.1</v>
       </c>
-      <c r="I24" s="1" t="n">
+      <c r="I25" s="1" t="n">
         <v>19.7</v>
       </c>
-      <c r="J24" s="1" t="n">
+      <c r="J25" s="1" t="n">
         <v>20.9</v>
       </c>
-      <c r="K24" s="1" t="n">
+      <c r="K25" s="1" t="n">
         <v>21.2</v>
       </c>
-      <c r="L24" s="1" t="n">
+      <c r="L25" s="1" t="n">
         <v>21</v>
       </c>
-      <c r="M24" s="1" t="n">
+      <c r="M25" s="1" t="n">
         <v>22.4</v>
       </c>
-      <c r="N24" s="1" t="n">
+      <c r="N25" s="1" t="n">
         <v>22.6</v>
       </c>
-      <c r="O24" s="1" t="n">
+      <c r="O25" s="1" t="n">
         <v>23</v>
       </c>
-      <c r="P24" s="1" t="n">
+      <c r="P25" s="1" t="n">
         <v>25.3</v>
       </c>
-      <c r="Q24" s="1" t="n">
+      <c r="Q25" s="1" t="n">
         <v>23.1</v>
       </c>
-      <c r="R24" s="1" t="n">
+      <c r="R25" s="1" t="n">
         <v>21.8</v>
       </c>
-      <c r="S24" s="1" t="n">
+      <c r="S25" s="1" t="n">
         <v>22.9</v>
       </c>
-      <c r="T24" s="1" t="n">
+      <c r="T25" s="1" t="n">
         <v>22.9</v>
       </c>
-      <c r="U24" s="1"/>
-[...3 lines deleted...]
-      <c r="B25" s="1"/>
+      <c r="U25" s="1" t="n">
+        <v>23.4</v>
+      </c>
+      <c r="V25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A26" s="0"/>
+      <c r="B26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="0"/>
+      <c r="A28" s="0" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A29" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="0"/>
-      <c r="B31" s="1" t="n">
+      <c r="A31" s="0" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="0"/>
+      <c r="B32" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="C31" s="1" t="n">
+      <c r="C32" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="D31" s="1" t="n">
+      <c r="D32" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="E31" s="1" t="n">
+      <c r="E32" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="F31" s="1" t="n">
+      <c r="F32" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="G31" s="1" t="n">
+      <c r="G32" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="H31" s="1" t="n">
+      <c r="H32" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="I31" s="1" t="n">
+      <c r="I32" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="J31" s="1" t="n">
+      <c r="J32" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="K31" s="1" t="n">
+      <c r="K32" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="L31" s="1" t="n">
+      <c r="L32" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="M31" s="1" t="n">
+      <c r="M32" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="N31" s="1" t="n">
+      <c r="N32" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="O31" s="1" t="n">
+      <c r="O32" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="P31" s="1" t="n">
+      <c r="P32" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="Q31" s="1" t="n">
+      <c r="Q32" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="R31" s="1" t="n">
+      <c r="R32" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="S31" s="1" t="n">
+      <c r="S32" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="T31" s="1" t="n">
+      <c r="T32" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="U31" s="1"/>
-[...62 lines deleted...]
-      <c r="U32" s="1"/>
+      <c r="U32" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="V32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B33" s="1" t="n">
-        <v>15.98</v>
+        <v>7.8</v>
       </c>
       <c r="C33" s="1" t="n">
-        <v>15.24</v>
+        <v>6.7</v>
       </c>
       <c r="D33" s="1" t="n">
-        <v>15.02</v>
+        <v>6.6</v>
       </c>
       <c r="E33" s="1" t="n">
-        <v>14.27</v>
+        <v>7.5</v>
       </c>
       <c r="F33" s="1" t="n">
-        <v>15.44</v>
+        <v>6.7</v>
       </c>
       <c r="G33" s="1" t="n">
-        <v>14.86</v>
+        <v>7.5</v>
       </c>
       <c r="H33" s="1" t="n">
-        <v>14.81</v>
+        <v>6.3</v>
       </c>
       <c r="I33" s="1" t="n">
-        <v>13.72</v>
+        <v>7.6</v>
       </c>
       <c r="J33" s="1" t="n">
-        <v>16.2</v>
+        <v>7.7</v>
       </c>
       <c r="K33" s="1" t="n">
-        <v>16.36</v>
+        <v>8.8</v>
       </c>
       <c r="L33" s="1" t="n">
-        <v>15.36</v>
+        <v>7.5</v>
       </c>
       <c r="M33" s="1" t="n">
-        <v>15.95</v>
+        <v>7.2</v>
       </c>
       <c r="N33" s="1" t="n">
-        <v>15.89</v>
+        <v>9.6</v>
       </c>
       <c r="O33" s="1" t="n">
-        <v>15.58</v>
+        <v>10.6</v>
       </c>
       <c r="P33" s="1" t="n">
-        <v>17.15</v>
+        <v>9</v>
       </c>
       <c r="Q33" s="1" t="n">
-        <v>15.9</v>
+        <v>8</v>
       </c>
       <c r="R33" s="1" t="n">
-        <v>15.4</v>
+        <v>8</v>
       </c>
       <c r="S33" s="1" t="n">
-        <v>16.2</v>
+        <v>9.8</v>
       </c>
       <c r="T33" s="1" t="n">
-        <v>17.1</v>
-[...1 lines deleted...]
-      <c r="U33" s="1"/>
+        <v>8.5</v>
+      </c>
+      <c r="U33" s="1" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="V33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B34" s="1" t="n">
-        <v>29.2</v>
+        <v>16</v>
       </c>
       <c r="C34" s="1" t="n">
-        <v>27.1</v>
+        <v>15.2</v>
       </c>
       <c r="D34" s="1" t="n">
-        <v>26.63</v>
+        <v>15</v>
       </c>
       <c r="E34" s="1" t="n">
-        <v>27.78</v>
+        <v>14.3</v>
       </c>
       <c r="F34" s="1" t="n">
-        <v>27.25</v>
+        <v>15.4</v>
       </c>
       <c r="G34" s="1" t="n">
-        <v>27.21</v>
+        <v>14.9</v>
       </c>
       <c r="H34" s="1" t="n">
-        <v>28.51</v>
+        <v>14.8</v>
       </c>
       <c r="I34" s="1" t="n">
-        <v>26.3</v>
+        <v>13.7</v>
       </c>
       <c r="J34" s="1" t="n">
-        <v>27.56</v>
+        <v>16.2</v>
       </c>
       <c r="K34" s="1" t="n">
-        <v>28.18</v>
+        <v>16.4</v>
       </c>
       <c r="L34" s="1" t="n">
-        <v>29.67</v>
+        <v>15.4</v>
       </c>
       <c r="M34" s="1" t="n">
-        <v>30.81</v>
+        <v>16.1</v>
       </c>
       <c r="N34" s="1" t="n">
-        <v>29.59</v>
+        <v>16.1</v>
       </c>
       <c r="O34" s="1" t="n">
-        <v>30.9</v>
+        <v>15.7</v>
       </c>
       <c r="P34" s="1" t="n">
-        <v>34.45</v>
+        <v>17.1</v>
       </c>
       <c r="Q34" s="1" t="n">
-        <v>31.56</v>
+        <v>15.9</v>
       </c>
       <c r="R34" s="1" t="n">
-        <v>29.7</v>
+        <v>15.4</v>
       </c>
       <c r="S34" s="1" t="n">
-        <v>31</v>
+        <v>16.2</v>
       </c>
       <c r="T34" s="1" t="n">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="U34" s="1"/>
+        <v>17.1</v>
+      </c>
+      <c r="U34" s="1" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="V34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B35" s="1" t="n">
-        <v>47.02</v>
+        <v>29.2</v>
       </c>
       <c r="C35" s="1" t="n">
-        <v>46.44</v>
+        <v>27.1</v>
       </c>
       <c r="D35" s="1" t="n">
-        <v>45.22</v>
+        <v>26.6</v>
       </c>
       <c r="E35" s="1" t="n">
-        <v>45.41</v>
+        <v>27.8</v>
       </c>
       <c r="F35" s="1" t="n">
+        <v>27.3</v>
+      </c>
+      <c r="G35" s="1" t="n">
+        <v>27.2</v>
+      </c>
+      <c r="H35" s="1" t="n">
+        <v>28.6</v>
+      </c>
+      <c r="I35" s="1" t="n">
+        <v>26.3</v>
+      </c>
+      <c r="J35" s="1" t="n">
+        <v>27.6</v>
+      </c>
+      <c r="K35" s="1" t="n">
+        <v>28.2</v>
+      </c>
+      <c r="L35" s="1" t="n">
+        <v>29.7</v>
+      </c>
+      <c r="M35" s="1" t="n">
+        <v>31.1</v>
+      </c>
+      <c r="N35" s="1" t="n">
+        <v>30.1</v>
+      </c>
+      <c r="O35" s="1" t="n">
+        <v>31.3</v>
+      </c>
+      <c r="P35" s="1" t="n">
+        <v>34.4</v>
+      </c>
+      <c r="Q35" s="1" t="n">
+        <v>31.6</v>
+      </c>
+      <c r="R35" s="1" t="n">
+        <v>29.7</v>
+      </c>
+      <c r="S35" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="T35" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="U35" s="1" t="n">
+        <v>33.6</v>
+      </c>
+      <c r="V35" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="B36" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="C36" s="1" t="n">
+        <v>46.5</v>
+      </c>
+      <c r="D36" s="1" t="n">
+        <v>45.2</v>
+      </c>
+      <c r="E36" s="1" t="n">
+        <v>45.4</v>
+      </c>
+      <c r="F36" s="1" t="n">
         <v>45.5</v>
       </c>
-      <c r="G35" s="1" t="n">
-[...32 lines deleted...]
-      <c r="R35" s="1" t="n">
+      <c r="G36" s="1" t="n">
+        <v>47.1</v>
+      </c>
+      <c r="H36" s="1" t="n">
+        <v>47.6</v>
+      </c>
+      <c r="I36" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="J36" s="1" t="n">
+        <v>43.5</v>
+      </c>
+      <c r="K36" s="1" t="n">
+        <v>44.2</v>
+      </c>
+      <c r="L36" s="1" t="n">
+        <v>42.6</v>
+      </c>
+      <c r="M36" s="1" t="n">
+        <v>44.4</v>
+      </c>
+      <c r="N36" s="1" t="n">
+        <v>43.5</v>
+      </c>
+      <c r="O36" s="1" t="n">
+        <v>43.2</v>
+      </c>
+      <c r="P36" s="1" t="n">
+        <v>46.2</v>
+      </c>
+      <c r="Q36" s="1" t="n">
+        <v>42.8</v>
+      </c>
+      <c r="R36" s="1" t="n">
         <v>42.7</v>
       </c>
-      <c r="S35" s="1" t="n">
+      <c r="S36" s="1" t="n">
         <v>44.1</v>
       </c>
-      <c r="T35" s="1" t="n">
+      <c r="T36" s="1" t="n">
         <v>42.1</v>
       </c>
-      <c r="U35" s="1"/>
-[...3 lines deleted...]
-      <c r="B36" s="1"/>
+      <c r="U36" s="1" t="n">
+        <v>40.1</v>
+      </c>
+      <c r="V36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A37" s="0"/>
+      <c r="B37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="0"/>
+      <c r="A39" s="0" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A40" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-[...1 lines deleted...]
-      <c r="B42" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="0"/>
+      <c r="B43" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="C42" s="1" t="n">
+      <c r="C43" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="D42" s="1" t="n">
+      <c r="D43" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="E42" s="1" t="n">
+      <c r="E43" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="F42" s="1" t="n">
+      <c r="F43" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="G42" s="1" t="n">
+      <c r="G43" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="H42" s="1" t="n">
+      <c r="H43" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="I42" s="1" t="n">
+      <c r="I43" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="J42" s="1" t="n">
+      <c r="J43" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="K42" s="1" t="n">
+      <c r="K43" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="L42" s="1" t="n">
+      <c r="L43" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="M42" s="1" t="n">
+      <c r="M43" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="N42" s="1" t="n">
+      <c r="N43" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="O42" s="1" t="n">
+      <c r="O43" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="P42" s="1" t="n">
+      <c r="P43" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="Q42" s="1" t="n">
+      <c r="Q43" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="R42" s="1" t="n">
+      <c r="R43" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="S42" s="1" t="n">
+      <c r="S43" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="T42" s="1" t="n">
+      <c r="T43" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="U42" s="1"/>
-[...62 lines deleted...]
-      <c r="U43" s="1"/>
+      <c r="U43" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="V43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B44" s="1" t="n">
-        <v>31.39</v>
+        <v>34.8</v>
       </c>
       <c r="C44" s="1" t="n">
-        <v>31.21</v>
+        <v>36.4</v>
       </c>
       <c r="D44" s="1" t="n">
-        <v>29.41</v>
+        <v>36.3</v>
       </c>
       <c r="E44" s="1" t="n">
-        <v>30.05</v>
+        <v>36.6</v>
       </c>
       <c r="F44" s="1" t="n">
-        <v>30.24</v>
+        <v>36.6</v>
       </c>
       <c r="G44" s="1" t="n">
-        <v>33.29</v>
+        <v>35.1</v>
       </c>
       <c r="H44" s="1" t="n">
-        <v>33.76</v>
+        <v>36.6</v>
       </c>
       <c r="I44" s="1" t="n">
-        <v>31.45</v>
+        <v>33.6</v>
       </c>
       <c r="J44" s="1" t="n">
-        <v>31.63</v>
+        <v>36.9</v>
       </c>
       <c r="K44" s="1" t="n">
-        <v>34.19</v>
+        <v>36.8</v>
       </c>
       <c r="L44" s="1" t="n">
-        <v>31.29</v>
+        <v>37</v>
       </c>
       <c r="M44" s="1" t="n">
-        <v>34.77</v>
+        <v>36.7</v>
       </c>
       <c r="N44" s="1" t="n">
-        <v>35.8</v>
+        <v>34.8</v>
       </c>
       <c r="O44" s="1" t="n">
-        <v>35.77</v>
+        <v>38.5</v>
       </c>
       <c r="P44" s="1" t="n">
-        <v>34.67</v>
+        <v>42.5</v>
       </c>
       <c r="Q44" s="1" t="n">
-        <v>33.96</v>
+        <v>41.7</v>
       </c>
       <c r="R44" s="1" t="n">
-        <v>31.5</v>
+        <v>39</v>
       </c>
       <c r="S44" s="1" t="n">
-        <v>33.5</v>
+        <v>42</v>
       </c>
       <c r="T44" s="1" t="n">
-        <v>33.5</v>
-[...1 lines deleted...]
-      <c r="U44" s="1"/>
+        <v>38.7</v>
+      </c>
+      <c r="U44" s="1" t="n">
+        <v>37.3</v>
+      </c>
+      <c r="V44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B45" s="1" t="n">
-        <v>22.4</v>
+        <v>32</v>
       </c>
       <c r="C45" s="1" t="n">
-        <v>20.94</v>
+        <v>31.3</v>
       </c>
       <c r="D45" s="1" t="n">
-        <v>20.35</v>
+        <v>29.5</v>
       </c>
       <c r="E45" s="1" t="n">
-        <v>22.73</v>
+        <v>30.2</v>
       </c>
       <c r="F45" s="1" t="n">
-        <v>21.23</v>
+        <v>30.2</v>
       </c>
       <c r="G45" s="1" t="n">
-        <v>21.32</v>
+        <v>33.3</v>
       </c>
       <c r="H45" s="1" t="n">
-        <v>23.29</v>
+        <v>33.8</v>
       </c>
       <c r="I45" s="1" t="n">
-        <v>18.64</v>
+        <v>31.6</v>
       </c>
       <c r="J45" s="1" t="n">
-        <v>20.07</v>
+        <v>31.7</v>
       </c>
       <c r="K45" s="1" t="n">
-        <v>22</v>
+        <v>34.1</v>
       </c>
       <c r="L45" s="1" t="n">
-        <v>23.26</v>
+        <v>31.3</v>
       </c>
       <c r="M45" s="1" t="n">
-        <v>23.32</v>
+        <v>34.5</v>
       </c>
       <c r="N45" s="1" t="n">
-        <v>24.61</v>
+        <v>35.6</v>
       </c>
       <c r="O45" s="1" t="n">
-        <v>22.6</v>
+        <v>35.6</v>
       </c>
       <c r="P45" s="1" t="n">
-        <v>26</v>
+        <v>34.7</v>
       </c>
       <c r="Q45" s="1" t="n">
-        <v>21.42</v>
+        <v>34</v>
       </c>
       <c r="R45" s="1" t="n">
-        <v>23.1</v>
+        <v>31.5</v>
       </c>
       <c r="S45" s="1" t="n">
-        <v>21.7</v>
+        <v>33.5</v>
       </c>
       <c r="T45" s="1" t="n">
-        <v>24.4</v>
-[...1 lines deleted...]
-      <c r="U45" s="1"/>
+        <v>33.5</v>
+      </c>
+      <c r="U45" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="V45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B46" s="1" t="n">
-        <v>17.08</v>
+        <v>22.7</v>
       </c>
       <c r="C46" s="1" t="n">
-        <v>15.21</v>
+        <v>21.1</v>
       </c>
       <c r="D46" s="1" t="n">
-        <v>14.91</v>
+        <v>20.3</v>
       </c>
       <c r="E46" s="1" t="n">
-        <v>14.23</v>
+        <v>22.7</v>
       </c>
       <c r="F46" s="1" t="n">
-        <v>16.82</v>
+        <v>21.2</v>
       </c>
       <c r="G46" s="1" t="n">
-        <v>15.05</v>
+        <v>21.4</v>
       </c>
       <c r="H46" s="1" t="n">
-        <v>14.87</v>
+        <v>23.3</v>
       </c>
       <c r="I46" s="1" t="n">
-        <v>14.87</v>
+        <v>18.6</v>
       </c>
       <c r="J46" s="1" t="n">
-        <v>15.27</v>
+        <v>20.1</v>
       </c>
       <c r="K46" s="1" t="n">
-        <v>15.7</v>
+        <v>22.1</v>
       </c>
       <c r="L46" s="1" t="n">
-        <v>15.26</v>
+        <v>23.3</v>
       </c>
       <c r="M46" s="1" t="n">
-        <v>16.14</v>
+        <v>23</v>
       </c>
       <c r="N46" s="1" t="n">
-        <v>16.83</v>
+        <v>24.7</v>
       </c>
       <c r="O46" s="1" t="n">
-        <v>16.49</v>
+        <v>22.2</v>
       </c>
       <c r="P46" s="1" t="n">
-        <v>18.82</v>
+        <v>26.1</v>
       </c>
       <c r="Q46" s="1" t="n">
-        <v>16.61</v>
+        <v>21.4</v>
       </c>
       <c r="R46" s="1" t="n">
-        <v>15.9</v>
+        <v>23.1</v>
       </c>
       <c r="S46" s="1" t="n">
-        <v>17.8</v>
+        <v>21.7</v>
       </c>
       <c r="T46" s="1" t="n">
-        <v>15.3</v>
-[...1 lines deleted...]
-      <c r="U46" s="1"/>
+        <v>24.4</v>
+      </c>
+      <c r="U46" s="1" t="n">
+        <v>24.5</v>
+      </c>
+      <c r="V46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B47" s="1" t="n">
-        <v>14.32</v>
+        <v>16.9</v>
       </c>
       <c r="C47" s="1" t="n">
-        <v>11.31</v>
+        <v>14.8</v>
       </c>
       <c r="D47" s="1" t="n">
-        <v>12.13</v>
+        <v>14.9</v>
       </c>
       <c r="E47" s="1" t="n">
-        <v>10.51</v>
+        <v>14.1</v>
       </c>
       <c r="F47" s="1" t="n">
-        <v>11.69</v>
+        <v>16.8</v>
       </c>
       <c r="G47" s="1" t="n">
-        <v>12.57</v>
+        <v>15</v>
       </c>
       <c r="H47" s="1" t="n">
-        <v>10.79</v>
+        <v>14.9</v>
       </c>
       <c r="I47" s="1" t="n">
-        <v>11.3</v>
+        <v>14.8</v>
       </c>
       <c r="J47" s="1" t="n">
-        <v>13.92</v>
+        <v>15.2</v>
       </c>
       <c r="K47" s="1" t="n">
-        <v>11.99</v>
+        <v>15.7</v>
       </c>
       <c r="L47" s="1" t="n">
-        <v>11.54</v>
+        <v>15.2</v>
       </c>
       <c r="M47" s="1" t="n">
-        <v>13.34</v>
+        <v>15.8</v>
       </c>
       <c r="N47" s="1" t="n">
-        <v>12.23</v>
+        <v>16.5</v>
       </c>
       <c r="O47" s="1" t="n">
+        <v>16.5</v>
+      </c>
+      <c r="P47" s="1" t="n">
+        <v>18.8</v>
+      </c>
+      <c r="Q47" s="1" t="n">
+        <v>16.7</v>
+      </c>
+      <c r="R47" s="1" t="n">
+        <v>15.9</v>
+      </c>
+      <c r="S47" s="1" t="n">
+        <v>17.8</v>
+      </c>
+      <c r="T47" s="1" t="n">
+        <v>15.3</v>
+      </c>
+      <c r="U47" s="1" t="n">
+        <v>17.2</v>
+      </c>
+      <c r="V47" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B48" s="1" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="C48" s="1" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="D48" s="1" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="E48" s="1" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="F48" s="1" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="G48" s="1" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="H48" s="1" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="I48" s="1" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="J48" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="K48" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="L48" s="1" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="M48" s="1" t="n">
         <v>13.2</v>
       </c>
-      <c r="P47" s="1" t="n">
-[...5 lines deleted...]
-      <c r="R47" s="1" t="n">
+      <c r="N48" s="1" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="O48" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="P48" s="1" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="Q48" s="1" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="R48" s="1" t="n">
         <v>12.7</v>
       </c>
-      <c r="S47" s="1" t="n">
+      <c r="S48" s="1" t="n">
         <v>12.9</v>
       </c>
-      <c r="T47" s="1" t="n">
+      <c r="T48" s="1" t="n">
         <v>15.1</v>
       </c>
-      <c r="U47" s="1"/>
-[...3 lines deleted...]
-      <c r="B48" s="1"/>
+      <c r="U48" s="1" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="V48" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A49" s="0"/>
+      <c r="B49" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="0"/>
+      <c r="A51" s="0" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>