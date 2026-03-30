--- v0 (2025-10-11)
+++ v1 (2026-03-30)
@@ -24,92 +24,85 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G15_BLT" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="14">
   <si>
     <t>Built-up and related land - Belgium</t>
   </si>
   <si>
     <t>percentage of land surface</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>Statbel (2024), Utilisation du sol par commune et région, la Belqique (1834-2023), https://statbel.fgov.be/ (consulted on 13/09/2024); calculations FPB.</t>
+    <t>Source: Statbel (2025), Utilisation du sol par commune et région, la Belqique (1834-2024), https://statbel.fgov.be/ (consulted on 18/09/2025); calculations FPB.</t>
   </si>
   <si>
     <t>Built-up and related land by region - Belgium</t>
   </si>
   <si>
     <t>Brussels-Capital Region</t>
   </si>
   <si>
     <t>Flemish Region</t>
   </si>
   <si>
     <t>Walloon Region</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G15_BLT</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Built-up and related land (i74)</t>
+    <t>Built-up and related land (i75)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definition: this indicator shows the share of the built-up and related land in relation to the continental surface of the Belgian territory (area of the Belgian territory without its marine area). The built-up and related land includes buildings, transport infrastructures and gardens. The indicator is calculated by the FPB on the basis of data from Statistics Belgium.
+The following breakdown is available for this indicator: region.
 Goal: the share of the built-up and related land must not rise.
 The Sustainable Development Goals or SDGs adopted by the UN in 2015 include target 15.5: "Take urgent and significant action to reduce the degradation of natural habitats". On this basis, the share of the built-up and related land must not rise.
-International comparison: there is no comparison because data are not available on Eurostat’s website.
-[...7 lines deleted...]
-</t>
+UN indicator: the selected indicator does not correspond to any monitoring indicator for SDGs but is related to target 15.5, to take urgent and significant action to reduce the degradation of natural habitats.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -166,51 +159,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AJ16"/>
+  <dimension ref="A1:AK16"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>1990</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -290,51 +283,54 @@
       </c>
       <c r="AB3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AC3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AD3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AE3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AF3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AJ3" s="1"/>
+      <c r="AJ3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AK3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>16.31158986</v>
       </c>
       <c r="C4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G4" s="1" t="n">
         <v>17.47819386</v>
       </c>
       <c r="H4" s="1" t="s">
         <f>=NA()</f>
@@ -398,51 +394,54 @@
       </c>
       <c r="AB4" s="1" t="n">
         <v>20.65765923</v>
       </c>
       <c r="AC4" s="1" t="n">
         <v>20.81187616</v>
       </c>
       <c r="AD4" s="1" t="n">
         <v>21.36773109</v>
       </c>
       <c r="AE4" s="1" t="n">
         <v>21.49079632</v>
       </c>
       <c r="AF4" s="1" t="n">
         <v>21.6164556</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>21.72447153</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>21.85230164</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>21.92112071</v>
       </c>
-      <c r="AJ4" s="1"/>
+      <c r="AJ4" s="1" t="n">
+        <v>22.0682736</v>
+      </c>
+      <c r="AK4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0"/>
       <c r="B5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0"/>
@@ -526,51 +525,54 @@
       </c>
       <c r="AB10" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AC10" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AD10" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AE10" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AF10" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AG10" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AH10" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AI10" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AJ10" s="1"/>
+      <c r="AJ10" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AK10" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="1" t="n">
         <v>75.34284527</v>
       </c>
       <c r="C11" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D11" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E11" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F11" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G11" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H11" s="1" t="s">
         <f>=NA()</f>
@@ -634,51 +636,54 @@
       </c>
       <c r="AB11" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC11" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD11" s="1" t="n">
         <v>79.80816005</v>
       </c>
       <c r="AE11" s="1" t="n">
         <v>80.03324714</v>
       </c>
       <c r="AF11" s="1" t="n">
         <v>80.19948282</v>
       </c>
       <c r="AG11" s="1" t="n">
         <v>80.29799286</v>
       </c>
       <c r="AH11" s="1" t="n">
         <v>80.35956163</v>
       </c>
       <c r="AI11" s="1" t="n">
         <v>80.43344416</v>
       </c>
-      <c r="AJ11" s="1"/>
+      <c r="AJ11" s="1" t="n">
+        <v>80.55042482</v>
+      </c>
+      <c r="AK11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="1" t="n">
         <v>21.27057512</v>
       </c>
       <c r="C12" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D12" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E12" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F12" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G12" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H12" s="1" t="s">
         <f>=NA()</f>
@@ -742,51 +747,54 @@
       </c>
       <c r="AB12" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC12" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD12" s="1" t="n">
         <v>28.29662057</v>
       </c>
       <c r="AE12" s="1" t="n">
         <v>28.45742007</v>
       </c>
       <c r="AF12" s="1" t="n">
         <v>28.60936154</v>
       </c>
       <c r="AG12" s="1" t="n">
         <v>28.73897108</v>
       </c>
       <c r="AH12" s="1" t="n">
         <v>28.88333233</v>
       </c>
       <c r="AI12" s="1" t="n">
         <v>28.92355092</v>
       </c>
-      <c r="AJ12" s="1"/>
+      <c r="AJ12" s="1" t="n">
+        <v>29.15737651</v>
+      </c>
+      <c r="AK12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>11.76505849</v>
       </c>
       <c r="C13" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D13" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E13" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F13" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G13" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H13" s="1" t="s">
         <f>=NA()</f>
@@ -850,51 +858,54 @@
       </c>
       <c r="AB13" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC13" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD13" s="1" t="n">
         <v>15.22075124</v>
       </c>
       <c r="AE13" s="1" t="n">
         <v>15.31192682</v>
       </c>
       <c r="AF13" s="1" t="n">
         <v>15.41587407</v>
       </c>
       <c r="AG13" s="1" t="n">
         <v>15.5065729</v>
       </c>
       <c r="AH13" s="1" t="n">
         <v>15.62171252</v>
       </c>
       <c r="AI13" s="1" t="n">
         <v>15.71354021</v>
       </c>
-      <c r="AJ13" s="1"/>
+      <c r="AJ13" s="1" t="n">
+        <v>15.79117708</v>
+      </c>
+      <c r="AK13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0"/>
       <c r="B14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>