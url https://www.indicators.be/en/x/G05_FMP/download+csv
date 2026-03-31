--- v0 (2025-10-18)
+++ v1 (2026-03-31)
@@ -13,133 +13,123 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G05_FMP" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="22">
   <si>
     <t>Female members of parliament - Belgium - trend assessment</t>
   </si>
   <si>
     <t>percentage</t>
   </si>
   <si>
     <t>observations</t>
   </si>
   <si>
-    <t>trend and extrapolation (November 2024)</t>
+    <t>trend and extrapolation (November 2025)</t>
   </si>
   <si>
     <t>objective 2030</t>
   </si>
   <si>
-    <t>European Institute for Gender Equality (2024), Gender Statistics Database, Women and men in decision making, http://eige.europa.eu/ (consulted on 14/10/2024); calculations FPB.</t>
+    <t>Source: Calculations FPB based on European Institute for Gender Equality (2024), Gender Statistics Database, Women and men in decision making (Belgium) http://eige.europa.eu/, last update of data on 28/08/2025 (consulted on 14/10/2024); calculations FPB.</t>
   </si>
   <si>
     <t>Female members of parliament - Belgium and international comparison</t>
   </si>
   <si>
     <t>percentage in national and regional parliaments</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>European Institute for Gender Equality (2024), Gender Statistics Database, Women and men in decision making, http://eige.europa.eu/ (consulted on14/10/2024).</t>
-[...1 lines deleted...]
-  <si>
     <t>Female members of parliament by parliament - Belgium</t>
   </si>
   <si>
     <t>Brussels-Capital Region</t>
   </si>
   <si>
     <t>Flemish</t>
   </si>
   <si>
     <t>Walloon</t>
   </si>
   <si>
     <t>German-speaking Community</t>
   </si>
   <si>
     <t>Federal</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G05_FMP</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Female members of parliament (i31)</t>
+    <t>Female members of parliament (i32)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definition: proportion of elected women in Belgium's directly elected parliaments: the (Federal) Chamber, the Flemish and Walloon parliaments and the parliaments of the Brussels Capital Region and of the German-speaking Community. The Federal Planning Bureau calculates the indicator using the (quarterly) data of the European Institute for Gender Equality (EIGE).
+The following breakdown is available for this indicator: region.
 Goal: women elected to parliament should hold half the seats.
 The Sustainable Development Goals or SDGs adopted by the UN in 2015 include target 5.5: "Ensure women’s full and effective participation and equal opportunities for leadership at all levels of decision-making in political, economic, and public life".
 The Federal Long-Term Strategic Vision for Sustainable Development includes objective 1: "Women and men will enjoy their rights equally. They will be able to contribute to all aspects of the development of society and to the improvement of living conditions without distinction, exclusion or restriction on the grounds of sex” (Belgian Official Gazette, 08/10/2013).
-International comparison: at European level (EU27), the trend is towards an increase in the proportion of women in national parliaments, from 23.9% in 2003 to 32.8% in 2023. When Member States are divided into three groups, Belgium is part of the group with the best performance in 2023 and performs better than the European average. In that year, Sweden ranked first with 47.1% and Hungary last with 13.7%.
 UN indicator: the selected indicator corresponds to indicator 5.5.1 - Proportion of seats held by women in a) national parliaments and b) local governments.
 Sources
-General
-[...6 lines deleted...]
-More information is available in French and Dutch.
+Belgian Official Gazette: http://www.ejustice.just.fgov.be/cgi/welcome.pl; research on http://www.ejustice.just.fgov.be/doc/rech_f.htm.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -390,169 +380,169 @@
       </c>
       <c r="R4" s="1" t="n">
         <v>40.43126685</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>39.65424095</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>39.20086393</v>
       </c>
       <c r="U4" s="1" t="n">
         <v>42.60259179</v>
       </c>
       <c r="V4" s="1" t="n">
         <v>42.94181034</v>
       </c>
       <c r="W4" s="1" t="n">
         <v>43.46652268</v>
       </c>
       <c r="X4" s="1" t="n">
         <v>43.99350649</v>
       </c>
       <c r="Y4" s="1" t="n">
         <v>43.63833243</v>
       </c>
-      <c r="Z4" s="1" t="s">
-        <f>=NA()</f>
+      <c r="Z4" s="1" t="n">
+        <v>44</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="n">
-        <v>30.68925585</v>
+        <v>30.68802348</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>31.67879677</v>
+        <v>31.67819332</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>32.68837412</v>
+        <v>32.68845454</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>33.71366792</v>
+        <v>33.71450954</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>34.75083812</v>
+        <v>34.75254191</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>35.78958719</v>
+        <v>35.79227045</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>36.80551969</v>
+        <v>36.80929687</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>37.73974901</v>
+        <v>37.74469528</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>38.55860013</v>
+        <v>38.56470537</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>39.25023351</v>
+        <v>39.25734515</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>39.82012425</v>
+        <v>39.82788009</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>40.28635646</v>
+        <v>40.29410893</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>40.6781857</v>
+        <v>40.68492086</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>41.03047173</v>
+        <v>41.03472497</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>41.37716579</v>
+        <v>41.37693924</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>41.74729228</v>
+        <v>41.73998507</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>42.15300775</v>
+        <v>42.1353817</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>42.58018257</v>
+        <v>42.54841113</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>43.018697</v>
+        <v>42.96852835</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>43.46168716</v>
+        <v>43.38876085</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>43.9065486</v>
+        <v>43.80690902</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>44.311022</v>
+        <v>44.22681297</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>44.67840152</v>
+        <v>44.60834893</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>45.0117844</v>
+        <v>44.95469358</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>45.31406787</v>
+        <v>45.26882392</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>45.58795002</v>
+        <v>45.55351676</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>45.83593377</v>
+        <v>45.81135168</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>46.0603332</v>
+        <v>46.04471653</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>50</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>50</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>50</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>50</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>50</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>50</v>
       </c>
@@ -698,51 +688,54 @@
       </c>
       <c r="O12" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="P12" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="Q12" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="R12" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="S12" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="T12" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="U12" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="V12" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="W12" s="1"/>
+      <c r="W12" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="X12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>29.59501558</v>
       </c>
       <c r="C13" s="1" t="n">
         <v>32.44206774</v>
       </c>
       <c r="D13" s="1" t="n">
         <v>32.78508772</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>33.15158124</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>33.54943274</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>32.88336933</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>39.81631551</v>
@@ -767,51 +760,54 @@
       </c>
       <c r="O13" s="1" t="n">
         <v>40.43126685</v>
       </c>
       <c r="P13" s="1" t="n">
         <v>39.65424095</v>
       </c>
       <c r="Q13" s="1" t="n">
         <v>39.20086393</v>
       </c>
       <c r="R13" s="1" t="n">
         <v>42.60259179</v>
       </c>
       <c r="S13" s="1" t="n">
         <v>42.94181034</v>
       </c>
       <c r="T13" s="1" t="n">
         <v>43.46652268</v>
       </c>
       <c r="U13" s="1" t="n">
         <v>43.99350649</v>
       </c>
       <c r="V13" s="1" t="n">
         <v>43.63833243</v>
       </c>
-      <c r="W13" s="1"/>
+      <c r="W13" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="X13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>23.86666667</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>28.52356634</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>27.44946767</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>28.43582534</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>28.03794775</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>28.0457035</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>28.52178309</v>
@@ -836,67 +832,70 @@
       </c>
       <c r="O14" s="1" t="n">
         <v>31.58060312</v>
       </c>
       <c r="P14" s="1" t="n">
         <v>32.23349683</v>
       </c>
       <c r="Q14" s="1" t="n">
         <v>32.50403262</v>
       </c>
       <c r="R14" s="1" t="n">
         <v>32.95421504</v>
       </c>
       <c r="S14" s="1" t="n">
         <v>33.57662597</v>
       </c>
       <c r="T14" s="1" t="n">
         <v>34.02419328</v>
       </c>
       <c r="U14" s="1" t="n">
         <v>34.44593543</v>
       </c>
       <c r="V14" s="1" t="n">
         <v>32.79901844</v>
       </c>
-      <c r="W14" s="1"/>
+      <c r="W14" s="1" t="n">
+        <v>33.21593922</v>
+      </c>
+      <c r="X14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0"/>
       <c r="B15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0"/>
       <c r="B20" s="1" t="n">
         <v>2003</v>
       </c>
       <c r="C20" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="D20" s="1" t="n">
         <v>2005</v>
       </c>
       <c r="E20" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="F20" s="1" t="n">
         <v>2007</v>
       </c>
       <c r="G20" s="1" t="n">
@@ -925,55 +924,58 @@
       </c>
       <c r="O20" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="P20" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="Q20" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="R20" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="S20" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="T20" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="U20" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="V20" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="W20" s="1"/>
+      <c r="W20" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="X20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B21" s="1" t="n">
         <v>32.89473684</v>
       </c>
       <c r="C21" s="1" t="n">
         <v>42.04545455</v>
       </c>
       <c r="D21" s="1" t="n">
         <v>43.02325581</v>
       </c>
       <c r="E21" s="1" t="n">
         <v>42.04545455</v>
       </c>
       <c r="F21" s="1" t="n">
         <v>42.69662921</v>
       </c>
       <c r="G21" s="1" t="n">
         <v>42.69662921</v>
       </c>
       <c r="H21" s="1" t="n">
         <v>48.31460674</v>
       </c>
       <c r="I21" s="1" t="n">
         <v>47.19101124</v>
       </c>
@@ -994,55 +996,58 @@
       </c>
       <c r="O21" s="1" t="n">
         <v>41.57303371</v>
       </c>
       <c r="P21" s="1" t="n">
         <v>41.57303371</v>
       </c>
       <c r="Q21" s="1" t="n">
         <v>41.57303371</v>
       </c>
       <c r="R21" s="1" t="n">
         <v>48.31460674</v>
       </c>
       <c r="S21" s="1" t="n">
         <v>47.77777778</v>
       </c>
       <c r="T21" s="1" t="n">
         <v>48.31460674</v>
       </c>
       <c r="U21" s="1" t="n">
         <v>46.06741573</v>
       </c>
       <c r="V21" s="1" t="n">
         <v>43.82022472</v>
       </c>
-      <c r="W21" s="1"/>
+      <c r="W21" s="1" t="n">
+        <v>46.06741573</v>
+      </c>
+      <c r="X21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B22" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C22" s="1" t="n">
         <v>30.08130081</v>
       </c>
       <c r="D22" s="1" t="n">
         <v>30.89430894</v>
       </c>
       <c r="E22" s="1" t="n">
         <v>31.70731707</v>
       </c>
       <c r="F22" s="1" t="n">
         <v>33.06451613</v>
       </c>
       <c r="G22" s="1" t="n">
         <v>31.4516129</v>
       </c>
       <c r="H22" s="1" t="n">
         <v>39.51612903</v>
       </c>
       <c r="I22" s="1" t="n">
         <v>39.51612903</v>
       </c>
@@ -1063,55 +1068,58 @@
       </c>
       <c r="O22" s="1" t="n">
         <v>42.4</v>
       </c>
       <c r="P22" s="1" t="n">
         <v>41.93548387</v>
       </c>
       <c r="Q22" s="1" t="n">
         <v>41.12903226</v>
       </c>
       <c r="R22" s="1" t="n">
         <v>45.96774194</v>
       </c>
       <c r="S22" s="1" t="n">
         <v>45.96774194</v>
       </c>
       <c r="T22" s="1" t="n">
         <v>45.96774194</v>
       </c>
       <c r="U22" s="1" t="n">
         <v>48.38709677</v>
       </c>
       <c r="V22" s="1" t="n">
         <v>47.58064516</v>
       </c>
-      <c r="W22" s="1"/>
+      <c r="W22" s="1" t="n">
+        <v>42.74193548</v>
+      </c>
+      <c r="X22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
         <v>12.5</v>
       </c>
       <c r="C23" s="1" t="n">
         <v>21.62162162</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>21.62162162</v>
       </c>
       <c r="E23" s="1" t="n">
         <v>21.62162162</v>
       </c>
       <c r="F23" s="1" t="n">
         <v>24</v>
       </c>
       <c r="G23" s="1" t="n">
         <v>21.33333333</v>
       </c>
       <c r="H23" s="1" t="n">
         <v>36</v>
       </c>
       <c r="I23" s="1" t="n">
         <v>37.33333333</v>
       </c>
@@ -1132,55 +1140,58 @@
       </c>
       <c r="O23" s="1" t="n">
         <v>42.66666667</v>
       </c>
       <c r="P23" s="1" t="n">
         <v>41.33333333</v>
       </c>
       <c r="Q23" s="1" t="n">
         <v>41.33333333</v>
       </c>
       <c r="R23" s="1" t="n">
         <v>37.33333333</v>
       </c>
       <c r="S23" s="1" t="n">
         <v>37.33333333</v>
       </c>
       <c r="T23" s="1" t="n">
         <v>37.33333333</v>
       </c>
       <c r="U23" s="1" t="n">
         <v>36.48648649</v>
       </c>
       <c r="V23" s="1" t="n">
         <v>37.33333333</v>
       </c>
-      <c r="W23" s="1"/>
+      <c r="W23" s="1" t="n">
+        <v>46.66666667</v>
+      </c>
+      <c r="X23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>33.33333333</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>29.16666667</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>29.16666667</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>29.16666667</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>20</v>
       </c>
       <c r="G24" s="1" t="n">
         <v>16</v>
       </c>
       <c r="H24" s="1" t="n">
         <v>32</v>
       </c>
       <c r="I24" s="1" t="n">
         <v>32</v>
       </c>
@@ -1201,55 +1212,58 @@
       </c>
       <c r="O24" s="1" t="n">
         <v>32</v>
       </c>
       <c r="P24" s="1" t="n">
         <v>24</v>
       </c>
       <c r="Q24" s="1" t="n">
         <v>24</v>
       </c>
       <c r="R24" s="1" t="n">
         <v>40</v>
       </c>
       <c r="S24" s="1" t="n">
         <v>36</v>
       </c>
       <c r="T24" s="1" t="n">
         <v>40</v>
       </c>
       <c r="U24" s="1" t="n">
         <v>48</v>
       </c>
       <c r="V24" s="1" t="n">
         <v>48</v>
       </c>
-      <c r="W24" s="1"/>
+      <c r="W24" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="X24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B25" s="1" t="n">
         <v>35.5704698</v>
       </c>
       <c r="C25" s="1" t="n">
         <v>35.34675615</v>
       </c>
       <c r="D25" s="1" t="n">
         <v>34.67336683</v>
       </c>
       <c r="E25" s="1" t="n">
         <v>35.51088777</v>
       </c>
       <c r="F25" s="1" t="n">
         <v>35.55555556</v>
       </c>
       <c r="G25" s="1" t="n">
         <v>36.83333333</v>
       </c>
       <c r="H25" s="1" t="n">
         <v>38.23038397</v>
       </c>
       <c r="I25" s="1" t="n">
         <v>38.89816361</v>
       </c>
@@ -1270,112 +1284,115 @@
       </c>
       <c r="O25" s="1" t="n">
         <v>38.39732888</v>
       </c>
       <c r="P25" s="1" t="n">
         <v>38.39732888</v>
       </c>
       <c r="Q25" s="1" t="n">
         <v>37.66666667</v>
       </c>
       <c r="R25" s="1" t="n">
         <v>39.5</v>
       </c>
       <c r="S25" s="1" t="n">
         <v>41.5</v>
       </c>
       <c r="T25" s="1" t="n">
         <v>42.16666667</v>
       </c>
       <c r="U25" s="1" t="n">
         <v>42.16666667</v>
       </c>
       <c r="V25" s="1" t="n">
         <v>42.68907563</v>
       </c>
-      <c r="W25" s="1"/>
+      <c r="W25" s="1" t="n">
+        <v>41.8</v>
+      </c>
+      <c r="X25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0"/>
       <c r="B26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B1" s="0" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" s="0" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>